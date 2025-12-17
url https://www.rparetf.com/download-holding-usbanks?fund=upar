--- v0 (2025-10-24)
+++ v1 (2025-12-17)
@@ -12,1100 +12,941 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>ARIS ETF</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>24.49%</t>
-[...23 lines deleted...]
-    <t>15.18%</t>
+    <t>24.60%</t>
+  </si>
+  <si>
+    <t>US 10YR NOTE (CBT)Mar26</t>
+  </si>
+  <si>
+    <t>TYH6 Comdty</t>
+  </si>
+  <si>
+    <t>TYH6 COMDTY</t>
+  </si>
+  <si>
+    <t>24.13%</t>
+  </si>
+  <si>
+    <t>US ULTRA BOND CBT Mar26</t>
+  </si>
+  <si>
+    <t>WNH6 Comdty</t>
+  </si>
+  <si>
+    <t>WNH6 COMDTY</t>
+  </si>
+  <si>
+    <t>14.67%</t>
   </si>
   <si>
     <t>SPDR Gold MiniShares Trust</t>
   </si>
   <si>
     <t>GLDM</t>
   </si>
   <si>
     <t>98149E303</t>
   </si>
   <si>
-    <t>13.58%</t>
+    <t>14.06%</t>
   </si>
   <si>
     <t>SP500 MIC EMIN FUTDec25</t>
   </si>
   <si>
     <t>HWAZ5 Index</t>
   </si>
   <si>
     <t>HWAZ5 INDEX</t>
   </si>
   <si>
-    <t>5.77%</t>
+    <t>5.49%</t>
   </si>
   <si>
     <t>MSCI EmgMkt       Dec25</t>
   </si>
   <si>
     <t>MESZ5 Index</t>
   </si>
   <si>
     <t>MESZ5 INDEX</t>
   </si>
   <si>
-    <t>4.93%</t>
-[...8 lines deleted...]
-    <t>4.89%</t>
+    <t>5.01%</t>
   </si>
   <si>
     <t>Vanguard FTSE Emerging Markets ETF</t>
   </si>
   <si>
     <t>VWO</t>
   </si>
   <si>
-    <t>4.86%</t>
-[...20 lines deleted...]
-    <t>4.44%</t>
+    <t>4.53%</t>
   </si>
   <si>
     <t>MSCI EAFE         Dec25</t>
   </si>
   <si>
     <t>MFSZ5 Index</t>
   </si>
   <si>
     <t>MFSZ5 INDEX</t>
   </si>
   <si>
-    <t>4.29%</t>
-[...38 lines deleted...]
-    <t>3.29%</t>
+    <t>3.58%</t>
   </si>
   <si>
     <t>Vanguard Extended Market ETF</t>
   </si>
   <si>
     <t>VXF</t>
   </si>
   <si>
-    <t>3.27%</t>
-[...20 lines deleted...]
-    <t>2.38%</t>
+    <t>2.58%</t>
   </si>
   <si>
     <t>VANGUARD FTSE DEVELOPED ETF</t>
   </si>
   <si>
     <t>VEA</t>
   </si>
   <si>
-    <t>2.03%</t>
-[...23 lines deleted...]
-    <t>1.67%</t>
+    <t>1.93%</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>1.80%</t>
+  </si>
+  <si>
+    <t>Exxon Mobil Corp</t>
+  </si>
+  <si>
+    <t>XOM</t>
+  </si>
+  <si>
+    <t>30231G102</t>
+  </si>
+  <si>
+    <t>1.26%</t>
+  </si>
+  <si>
+    <t>BHP Group Ltd</t>
+  </si>
+  <si>
+    <t>BHP</t>
+  </si>
+  <si>
+    <t>088606108</t>
+  </si>
+  <si>
+    <t>1.11%</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>1.57%</t>
-[...47 lines deleted...]
-    <t>088606108</t>
+    <t>1.10%</t>
+  </si>
+  <si>
+    <t>Rio Tinto PLC</t>
+  </si>
+  <si>
+    <t>RIO</t>
   </si>
   <si>
     <t>1.08%</t>
   </si>
   <si>
-    <t>Rio Tinto PLC</t>
-[...7 lines deleted...]
-  <si>
     <t>Chevron Corp</t>
   </si>
   <si>
     <t>CVX</t>
   </si>
   <si>
-    <t>0.94%</t>
+    <t>0.92%</t>
   </si>
   <si>
     <t>Southern Copper Corp</t>
   </si>
   <si>
     <t>SCCO</t>
   </si>
   <si>
     <t>84265V105</t>
   </si>
   <si>
-    <t>0.72%</t>
+    <t>0.74%</t>
   </si>
   <si>
     <t>Shell PLC</t>
   </si>
   <si>
     <t>SHEL</t>
   </si>
   <si>
-    <t>0.52%</t>
+    <t>0.63%</t>
   </si>
   <si>
     <t>Corteva Inc</t>
   </si>
   <si>
     <t>CTVA</t>
   </si>
   <si>
     <t>22052L104</t>
   </si>
   <si>
+    <t>0.57%</t>
+  </si>
+  <si>
     <t>Freeport-McMoRan Inc</t>
   </si>
   <si>
     <t>FCX</t>
   </si>
   <si>
     <t>35671D857</t>
   </si>
   <si>
+    <t>0.51%</t>
+  </si>
+  <si>
+    <t>Glencore PLC</t>
+  </si>
+  <si>
+    <t>GLEN LN</t>
+  </si>
+  <si>
+    <t>B4T3BW6</t>
+  </si>
+  <si>
+    <t>0.50%</t>
+  </si>
+  <si>
+    <t>TotalEnergies SE</t>
+  </si>
+  <si>
+    <t>TTE</t>
+  </si>
+  <si>
+    <t>F92124100</t>
+  </si>
+  <si>
     <t>0.49%</t>
   </si>
   <si>
-    <t>Glencore PLC</t>
-[...22 lines deleted...]
-  <si>
     <t>Vale SA</t>
   </si>
   <si>
     <t>VALE</t>
   </si>
   <si>
     <t>91912E105</t>
   </si>
   <si>
-    <t>0.38%</t>
+    <t>0.46%</t>
   </si>
   <si>
     <t>CMOC Group Ltd</t>
   </si>
   <si>
     <t>3993 HK</t>
   </si>
   <si>
     <t>B1VRCG6</t>
   </si>
   <si>
+    <t>0.42%</t>
+  </si>
+  <si>
+    <t>Nutrien Ltd</t>
+  </si>
+  <si>
+    <t>NTR CN</t>
+  </si>
+  <si>
+    <t>BDRJLN0</t>
+  </si>
+  <si>
+    <t>0.41%</t>
+  </si>
+  <si>
+    <t>ConocoPhillips</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>0.39%</t>
+  </si>
+  <si>
     <t>Fortescue Ltd</t>
   </si>
   <si>
     <t>FMG AU</t>
   </si>
   <si>
-    <t>0.36%</t>
-[...8 lines deleted...]
-    <t>20825C104</t>
+    <t>0.37%</t>
+  </si>
+  <si>
+    <t>Vestas Wind Systems A/S</t>
+  </si>
+  <si>
+    <t>VWS DC</t>
+  </si>
+  <si>
+    <t>BN4MYF5</t>
+  </si>
+  <si>
+    <t>0.34%</t>
+  </si>
+  <si>
+    <t>Antofagasta PLC</t>
+  </si>
+  <si>
+    <t>ANTO LN</t>
+  </si>
+  <si>
+    <t>0045614</t>
   </si>
   <si>
     <t>0.33%</t>
   </si>
   <si>
-    <t>Antofagasta PLC</t>
-[...5 lines deleted...]
-    <t>0045614</t>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>FSLR</t>
   </si>
   <si>
     <t>0.32%</t>
   </si>
   <si>
-    <t>Nutrien Ltd</t>
-[...5 lines deleted...]
-    <t>BDRJLN0</t>
+    <t>BP PLC</t>
+  </si>
+  <si>
+    <t>BP</t>
+  </si>
+  <si>
+    <t>055622104</t>
+  </si>
+  <si>
+    <t>0.31%</t>
   </si>
   <si>
     <t>Cameco Corp</t>
   </si>
   <si>
     <t>CCO CN</t>
   </si>
   <si>
-    <t>0.31%</t>
-[...8 lines deleted...]
-    <t>0.30%</t>
+    <t>0.28%</t>
   </si>
   <si>
     <t>Ecolab Inc</t>
   </si>
   <si>
     <t>ECL</t>
   </si>
   <si>
-    <t>0.29%</t>
-[...23 lines deleted...]
-    <t>0.22%</t>
+    <t>0.24%</t>
   </si>
   <si>
     <t>CANADIAN NAT RES LTD</t>
   </si>
   <si>
     <t>CNQ CN</t>
   </si>
   <si>
+    <t>0.23%</t>
+  </si>
+  <si>
+    <t>Sociedad Quimica y Minera de Chile SA</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>Kubota Corp</t>
+  </si>
+  <si>
+    <t>6326 JP</t>
+  </si>
+  <si>
     <t>0.21%</t>
   </si>
   <si>
     <t>Equinor ASA</t>
   </si>
   <si>
     <t>EQNR</t>
   </si>
   <si>
     <t>29446M102</t>
   </si>
   <si>
-    <t>Kubota Corp</t>
-[...2 lines deleted...]
-    <t>6326 JP</t>
+    <t>Eni SpA</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>26874R108</t>
+  </si>
+  <si>
+    <t>0.20%</t>
+  </si>
+  <si>
+    <t>EOG Resources Inc</t>
+  </si>
+  <si>
+    <t>EOG</t>
+  </si>
+  <si>
+    <t>26875P101</t>
   </si>
   <si>
     <t>0.19%</t>
   </si>
   <si>
-    <t>EOG Resources Inc</t>
-[...17 lines deleted...]
-    <t>26874R108</t>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU CN</t>
+  </si>
+  <si>
+    <t>B3NB1P2</t>
+  </si>
+  <si>
+    <t>0.17%</t>
+  </si>
+  <si>
+    <t>CF Industries Holdings Inc</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>CNH Industrial NV</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>N20944109</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM CN</t>
   </si>
   <si>
     <t>Teck Resources Ltd</t>
   </si>
   <si>
     <t>TECK/B CN</t>
   </si>
   <si>
-    <t>0.17%</t>
-[...5 lines deleted...]
-    <t>FM CN</t>
+    <t>0.16%</t>
   </si>
   <si>
     <t>Jiangxi Copper Co Ltd</t>
   </si>
   <si>
     <t>358 HK</t>
   </si>
   <si>
-    <t>0.16%</t>
+    <t>0.15%</t>
+  </si>
+  <si>
+    <t>Imperial Oil Ltd</t>
+  </si>
+  <si>
+    <t>IMO CN</t>
+  </si>
+  <si>
+    <t>Diamondback Energy Inc</t>
+  </si>
+  <si>
+    <t>FANG</t>
+  </si>
+  <si>
+    <t>25278X109</t>
   </si>
   <si>
     <t>Xylem Inc/NY</t>
   </si>
   <si>
     <t>XYL</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
-    <t>Sociedad Quimica y Minera de Chile SA</t>
-[...29 lines deleted...]
-    <t>B3NB1P2</t>
+    <t>Lundin Mining Corp</t>
+  </si>
+  <si>
+    <t>LUN CN</t>
   </si>
   <si>
     <t>0.14%</t>
   </si>
   <si>
-    <t>NEXTracker Inc</t>
+    <t>Yara International ASA</t>
+  </si>
+  <si>
+    <t>YAR NO</t>
+  </si>
+  <si>
+    <t>Nextpower Inc</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
   <si>
     <t>65290E101</t>
   </si>
   <si>
-    <t>Imperial Oil Ltd</t>
-[...13 lines deleted...]
-  <si>
     <t>Occidental Petroleum Corp</t>
   </si>
   <si>
     <t>OXY</t>
   </si>
   <si>
-    <t>Diamondback Energy Inc</t>
-[...5 lines deleted...]
-    <t>25278X109</t>
+    <t>0.12%</t>
+  </si>
+  <si>
+    <t>Boliden AB</t>
+  </si>
+  <si>
+    <t>BOL SS</t>
+  </si>
+  <si>
+    <t>BPYTZ57</t>
   </si>
   <si>
     <t>American Water Works Co Inc</t>
   </si>
   <si>
     <t>AWK</t>
   </si>
   <si>
     <t>030420103</t>
   </si>
   <si>
-    <t>0.12%</t>
+    <t>Cenovus Energy Inc</t>
+  </si>
+  <si>
+    <t>CVE CN</t>
+  </si>
+  <si>
+    <t>B57FG04</t>
+  </si>
+  <si>
+    <t>NAC Kazatomprom JSC</t>
+  </si>
+  <si>
+    <t>KAP LI</t>
+  </si>
+  <si>
+    <t>BGXQL36</t>
+  </si>
+  <si>
+    <t>Geberit AG</t>
+  </si>
+  <si>
+    <t>GEBN SW</t>
+  </si>
+  <si>
+    <t>B1WGG93</t>
+  </si>
+  <si>
+    <t>Veolia Environnement SA</t>
+  </si>
+  <si>
+    <t>VIE FP</t>
+  </si>
+  <si>
+    <t>Goldwind Science &amp; Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2208 HK</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>EQT Corp</t>
+  </si>
+  <si>
+    <t>EQT</t>
+  </si>
+  <si>
+    <t>26884L109</t>
+  </si>
+  <si>
+    <t>0.11%</t>
+  </si>
+  <si>
+    <t>Woodside Energy Group Ltd</t>
+  </si>
+  <si>
+    <t>WDS AU</t>
+  </si>
+  <si>
+    <t>BMGT167</t>
+  </si>
+  <si>
+    <t>Expand Energy Corp</t>
+  </si>
+  <si>
+    <t>EXE</t>
+  </si>
+  <si>
+    <t>Salmar ASA</t>
+  </si>
+  <si>
+    <t>SALM NO</t>
+  </si>
+  <si>
+    <t>B1W5NW2</t>
+  </si>
+  <si>
+    <t>MMG Ltd</t>
+  </si>
+  <si>
+    <t>1208 HK</t>
+  </si>
+  <si>
+    <t>Nordex SE</t>
+  </si>
+  <si>
+    <t>NDX1 GR</t>
+  </si>
+  <si>
+    <t>B06CF71</t>
+  </si>
+  <si>
+    <t>Mosaic Co/The</t>
+  </si>
+  <si>
+    <t>MOS</t>
+  </si>
+  <si>
+    <t>61945C103</t>
   </si>
   <si>
     <t>Ivanhoe Mines Ltd</t>
   </si>
   <si>
     <t>IVN CN</t>
   </si>
   <si>
     <t>BD73C40</t>
   </si>
   <si>
-    <t>Geberit AG</t>
-[...73 lines deleted...]
-  <si>
     <t>0.10%</t>
   </si>
   <si>
+    <t>AGCO Corp</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Sumitomo Metal Mining Co Ltd</t>
+  </si>
+  <si>
+    <t>5713 JP</t>
+  </si>
+  <si>
+    <t>0.09%</t>
+  </si>
+  <si>
+    <t>Toro Co/The</t>
+  </si>
+  <si>
+    <t>TTC</t>
+  </si>
+  <si>
+    <t>South32 Ltd</t>
+  </si>
+  <si>
+    <t>S32 AU</t>
+  </si>
+  <si>
+    <t>BWSW5D9</t>
+  </si>
+  <si>
+    <t>Inpex Corp</t>
+  </si>
+  <si>
+    <t>1605 JP</t>
+  </si>
+  <si>
+    <t>B10RB15</t>
+  </si>
+  <si>
+    <t>0.08%</t>
+  </si>
+  <si>
+    <t>MP Materials Corp</t>
+  </si>
+  <si>
+    <t>MP</t>
+  </si>
+  <si>
+    <t>Devon Energy Corp</t>
+  </si>
+  <si>
+    <t>DVN</t>
+  </si>
+  <si>
+    <t>25179M103</t>
+  </si>
+  <si>
+    <t>Repsol SA</t>
+  </si>
+  <si>
+    <t>REP SM</t>
+  </si>
+  <si>
+    <t>PLS Group Ltd</t>
+  </si>
+  <si>
+    <t>PLS AU</t>
+  </si>
+  <si>
+    <t>B2368L5</t>
+  </si>
+  <si>
+    <t>0.07%</t>
+  </si>
+  <si>
+    <t>Ecopetrol SA</t>
+  </si>
+  <si>
+    <t>EC</t>
+  </si>
+  <si>
     <t>Lynas Rare Earths Ltd</t>
   </si>
   <si>
     <t>LYSDY</t>
   </si>
   <si>
-    <t>MP Materials Corp</t>
-[...101 lines deleted...]
-    <t>0.07%</t>
+    <t>CIA SANEAMENTO BASICO SPONSORED ADR</t>
+  </si>
+  <si>
+    <t>SBS</t>
+  </si>
+  <si>
+    <t>20441A102</t>
   </si>
   <si>
     <t>Pentair PLC</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>G7S00T104</t>
   </si>
   <si>
-    <t>Repsol SA</t>
-[...2 lines deleted...]
-    <t>REP SM</t>
+    <t>Coterra Energy Inc</t>
+  </si>
+  <si>
+    <t>CTRA</t>
+  </si>
+  <si>
+    <t>China Nonferrous Mining Corp Ltd</t>
+  </si>
+  <si>
+    <t>1258 HK</t>
+  </si>
+  <si>
+    <t>B890GY2</t>
+  </si>
+  <si>
+    <t>OMV AG</t>
+  </si>
+  <si>
+    <t>OMV AV</t>
   </si>
   <si>
     <t>0.06%</t>
   </si>
   <si>
-    <t>Devon Energy Corp</t>
-[...13 lines deleted...]
-  <si>
     <t>Halma PLC</t>
   </si>
   <si>
     <t>HLMA LN</t>
   </si>
   <si>
     <t>0405207</t>
   </si>
   <si>
-    <t>OMV AG</t>
-[...58 lines deleted...]
-  <si>
     <t>Tourmaline Oil Corp</t>
   </si>
   <si>
     <t>TOU CN</t>
   </si>
   <si>
     <t>B3QJ0H8</t>
   </si>
   <si>
-    <t>0.04%</t>
-[...13 lines deleted...]
-  <si>
     <t>0.00%</t>
   </si>
   <si>
+    <t>CANADIAN DOLLAR</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CASHCAD</t>
+  </si>
+  <si>
     <t>LUKOIL PJSC</t>
   </si>
   <si>
     <t>LKOD LI</t>
   </si>
   <si>
     <t>BYZDW27</t>
   </si>
   <si>
+    <t>Rosneft Oil Co PJSC</t>
+  </si>
+  <si>
+    <t>ROSN LI</t>
+  </si>
+  <si>
+    <t>B17FSC2</t>
+  </si>
+  <si>
+    <t>PHOSAGRO OJSC GDR EACH REPR 1/3 ORD REG</t>
+  </si>
+  <si>
+    <t>PHOR LI</t>
+  </si>
+  <si>
+    <t>B62QPJ1</t>
+  </si>
+  <si>
     <t>GMK Norilskiy Nickel PAO</t>
   </si>
   <si>
     <t>MNOD LI</t>
   </si>
   <si>
     <t>BYSW6D0</t>
   </si>
   <si>
+    <t>Gazprom PJSC</t>
+  </si>
+  <si>
+    <t>OGZD LI</t>
+  </si>
+  <si>
     <t>Novatek PJSC</t>
   </si>
   <si>
     <t>NVTK LI</t>
   </si>
   <si>
     <t>B0DK750</t>
   </si>
   <si>
-    <t>Gazprom PJSC</t>
-[...29 lines deleted...]
-    <t>CASHSEK</t>
+    <t>JAPANESE YEN</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>CASHJPY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1432,60 +1273,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W115"/>
+  <dimension ref="A1:W95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20.280762" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="60.128174" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47.131348" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.85376" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.567383" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
@@ -1509,2274 +1350,1874 @@
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="F4">
-        <v>14790000</v>
+        <v>15527156.25</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F5">
-        <v>14185546.88</v>
+        <v>15234093.75</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6">
-        <v>112515</v>
+        <v>108652</v>
       </c>
       <c r="F6">
-        <v>9168847.35</v>
+        <v>9259323.44</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7">
-        <v>242</v>
+        <v>261</v>
       </c>
       <c r="F7">
-        <v>8197750</v>
+        <v>8875305</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F8">
-        <v>3486250</v>
+        <v>3465450</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
-      <c r="D9" t="s">
-        <v>29</v>
+      <c r="D9">
+        <v>922042858</v>
       </c>
       <c r="E9">
-        <v>3404635.08</v>
+        <v>59114</v>
       </c>
       <c r="F9">
-        <v>2977548.12</v>
+        <v>3161416.72</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="D10">
-        <v>922042858</v>
+      <c r="D10" t="s">
+        <v>33</v>
       </c>
       <c r="E10">
-        <v>53807</v>
+        <v>20</v>
       </c>
       <c r="F10">
-        <v>2955080.44</v>
+        <v>2857800</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>36</v>
       </c>
+      <c r="D11">
+        <v>922908652</v>
+      </c>
       <c r="E11">
-        <v>2934754.09</v>
+        <v>10700</v>
       </c>
       <c r="F11">
-        <v>2934754.09</v>
+        <v>2259305</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
-      <c r="D12" t="s">
-        <v>39</v>
+      <c r="D12">
+        <v>921943858</v>
       </c>
       <c r="E12">
-        <v>3467669.4</v>
+        <v>26099</v>
       </c>
       <c r="F12">
-        <v>2744513.44</v>
+        <v>1630143.54</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="D13" t="s">
-        <v>43</v>
+      <c r="D13">
+        <v>244199105</v>
       </c>
       <c r="E13">
-        <v>19</v>
+        <v>2510</v>
       </c>
       <c r="F13">
-        <v>2681090</v>
+        <v>1218454.4</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" t="s">
         <v>44</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D14" t="s">
         <v>46</v>
       </c>
       <c r="E14">
-        <v>3203539.56</v>
+        <v>9906</v>
       </c>
       <c r="F14">
-        <v>2592414.51</v>
+        <v>1136020.08</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E15">
-        <v>3321492.64</v>
+        <v>13575</v>
       </c>
       <c r="F15">
-        <v>2541395.55</v>
+        <v>795766.5</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E16">
-        <v>3284402.88</v>
+        <v>700763.9</v>
       </c>
       <c r="F16">
-        <v>2492722.56</v>
+        <v>700763.9</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>56</v>
+      </c>
+      <c r="D17">
+        <v>767204100</v>
       </c>
       <c r="E17">
-        <v>3144264.97</v>
+        <v>9109</v>
       </c>
       <c r="F17">
-        <v>2443157.65</v>
+        <v>692192.91</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="C18" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>59</v>
+      </c>
+      <c r="D18">
+        <v>166764100</v>
       </c>
       <c r="E18">
-        <v>2850132.22</v>
+        <v>4663</v>
       </c>
       <c r="F18">
-        <v>2194799.89</v>
+        <v>684295.25</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>922908652</v>
+        <v>62</v>
+      </c>
+      <c r="D19" t="s">
+        <v>63</v>
       </c>
       <c r="E19">
-        <v>9400</v>
+        <v>4123.502</v>
       </c>
       <c r="F19">
-        <v>1989322</v>
+        <v>578403.63</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>66</v>
+      </c>
+      <c r="D20">
+        <v>780259305</v>
       </c>
       <c r="E20">
-        <v>1948412.58</v>
+        <v>6616</v>
       </c>
       <c r="F20">
-        <v>1977000.55</v>
+        <v>466163.36</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C21" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D21" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="E21">
-        <v>1956746.75</v>
+        <v>6043</v>
       </c>
       <c r="F21">
-        <v>1859547.06</v>
+        <v>395695.64</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B22" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="C22" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="E22">
-        <v>2326046.24</v>
+        <v>7533</v>
       </c>
       <c r="F22">
-        <v>1765811.14</v>
+        <v>358118.82</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="B23" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>921943858</v>
+        <v>77</v>
+      </c>
+      <c r="D23" t="s">
+        <v>78</v>
       </c>
       <c r="E23">
-        <v>23564</v>
+        <v>64708</v>
       </c>
       <c r="F23">
-        <v>1437875.28</v>
+        <v>324056.51</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B24" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="C24" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="E24">
-        <v>2007180.74</v>
+        <v>4942</v>
       </c>
       <c r="F24">
-        <v>1226898.14</v>
+        <v>315546.7</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="E25">
-        <v>1870163.84</v>
+        <v>24130</v>
       </c>
       <c r="F25">
-        <v>1075526.14</v>
+        <v>306933.6</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="C26" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="E26">
-        <v>1807224.3</v>
+        <v>125538</v>
       </c>
       <c r="F26">
-        <v>1017804.6</v>
+        <v>291115.71</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E27">
-        <v>1010839.38</v>
+        <v>4263</v>
       </c>
       <c r="F27">
-        <v>1010839.38</v>
+        <v>263559.66</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="C28" t="s">
-        <v>83</v>
+        <v>97</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="E28">
-        <v>8182</v>
+        <v>2859</v>
       </c>
       <c r="F28">
-        <v>948948.36</v>
+        <v>259511.43</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="B29" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="D29">
-        <v>244199105</v>
+        <v>6086253</v>
       </c>
       <c r="E29">
-        <v>1982</v>
+        <v>16766</v>
       </c>
       <c r="F29">
-        <v>930390.44</v>
+        <v>246012.06</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="C30" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="E30">
-        <v>1102159.08</v>
+        <v>8791</v>
       </c>
       <c r="F30">
-        <v>909471.45</v>
+        <v>236467.98</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="B31" t="s">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="E31">
-        <v>896680.3</v>
+        <v>5270</v>
       </c>
       <c r="F31">
-        <v>901306.92</v>
+        <v>215633.01</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="B32" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="C32" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>112</v>
+      </c>
+      <c r="D32">
+        <v>336433107</v>
       </c>
       <c r="E32">
-        <v>13817</v>
+        <v>797</v>
       </c>
       <c r="F32">
-        <v>763941.93</v>
+        <v>206032.47</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>98</v>
+        <v>113</v>
       </c>
       <c r="B33" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="C33" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>767204100</v>
+        <v>115</v>
+      </c>
+      <c r="D33" t="s">
+        <v>116</v>
       </c>
       <c r="E33">
-        <v>9270</v>
+        <v>5978</v>
       </c>
       <c r="F33">
-        <v>654647.4</v>
+        <v>201817.28</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="B34" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="D34">
-        <v>166764100</v>
+        <v>2166160</v>
       </c>
       <c r="E34">
-        <v>3950</v>
+        <v>2251</v>
       </c>
       <c r="F34">
-        <v>618412</v>
+        <v>196030.28</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="B35" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="C35" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>122</v>
+      </c>
+      <c r="D35">
+        <v>278865100</v>
       </c>
       <c r="E35">
-        <v>4412</v>
+        <v>692</v>
       </c>
       <c r="F35">
-        <v>566368.44</v>
+        <v>179594.76</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="B36" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C36" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="D36">
-        <v>780259305</v>
+        <v>2171573</v>
       </c>
       <c r="E36">
-        <v>5715</v>
+        <v>4914</v>
       </c>
       <c r="F36">
-        <v>432739.8</v>
+        <v>153690.95</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="B37" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C37" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>128</v>
+      </c>
+      <c r="D37">
+        <v>833635105</v>
       </c>
       <c r="E37">
-        <v>4944</v>
+        <v>2273</v>
       </c>
       <c r="F37">
-        <v>313845.12</v>
+        <v>145858.41</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="B38" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>130</v>
+      </c>
+      <c r="D38">
+        <v>6497509</v>
       </c>
       <c r="E38">
-        <v>7562</v>
+        <v>10017</v>
       </c>
       <c r="F38">
-        <v>311781.26</v>
+        <v>145670.05</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="B39" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="C39" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="D39" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="E39">
-        <v>64272</v>
+        <v>6019</v>
       </c>
       <c r="F39">
-        <v>295414.87</v>
+        <v>134885.79</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B40" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="C40" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="D40" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="E40">
-        <v>4642</v>
+        <v>3647</v>
       </c>
       <c r="F40">
-        <v>290496.36</v>
+        <v>133115.5</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="C41" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="D41" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="E41">
-        <v>23792</v>
+        <v>1248</v>
       </c>
       <c r="F41">
-        <v>272656.32</v>
+        <v>127021.44</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="C42" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="D42" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="E42">
-        <v>117888</v>
+        <v>2791</v>
       </c>
       <c r="F42">
-        <v>231489.05</v>
+        <v>117864.1</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>130</v>
+        <v>146</v>
       </c>
       <c r="B43" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="C43" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="D43">
-        <v>6086253</v>
+        <v>125269100</v>
       </c>
       <c r="E43">
-        <v>16853</v>
+        <v>1418</v>
       </c>
       <c r="F43">
-        <v>228880.1</v>
+        <v>109965.9</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="B44" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="C44" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="D44" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="E44">
-        <v>2398</v>
+        <v>11414</v>
       </c>
       <c r="F44">
-        <v>216011.84</v>
+        <v>109916.82</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B45" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="C45" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>153</v>
+      </c>
+      <c r="D45">
+        <v>2347608</v>
       </c>
       <c r="E45">
-        <v>5615</v>
+        <v>4331</v>
       </c>
       <c r="F45">
-        <v>197639.62</v>
+        <v>106884.99</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B46" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="C46" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>155</v>
+      </c>
+      <c r="D46">
+        <v>2879327</v>
       </c>
       <c r="E46">
-        <v>3394</v>
+        <v>2452</v>
       </c>
       <c r="F46">
-        <v>196178.1</v>
+        <v>105866.62</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="B47" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="C47" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="D47">
-        <v>2166160</v>
+        <v>6000305</v>
       </c>
       <c r="E47">
-        <v>2215</v>
+        <v>23303</v>
       </c>
       <c r="F47">
-        <v>191024.16</v>
+        <v>101486.7</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="B48" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C48" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="D48">
-        <v>336433107</v>
+        <v>2454241</v>
       </c>
       <c r="E48">
-        <v>824</v>
+        <v>1141</v>
       </c>
       <c r="F48">
-        <v>188696</v>
+        <v>97364.89</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B49" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="C49" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>278865100</v>
+        <v>163</v>
+      </c>
+      <c r="D49" t="s">
+        <v>164</v>
       </c>
       <c r="E49">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="F49">
-        <v>179313.04</v>
+        <v>96292.76</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B50" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="C50" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="D50" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="E50">
-        <v>5056</v>
+        <v>691</v>
       </c>
       <c r="F50">
-        <v>176960</v>
+        <v>95081.6</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B51" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="C51" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>169</v>
+      </c>
+      <c r="D51">
+        <v>2866857</v>
       </c>
       <c r="E51">
-        <v>8261</v>
+        <v>4523</v>
       </c>
       <c r="F51">
-        <v>156834.92</v>
+        <v>91818.69</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B52" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C52" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="D52">
-        <v>2171573</v>
+        <v>7751259</v>
       </c>
       <c r="E52">
-        <v>4216</v>
+        <v>2312</v>
       </c>
       <c r="F52">
-        <v>131623.82</v>
+        <v>90760.28</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B53" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C53" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D53" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E53">
-        <v>5196</v>
+        <v>1004</v>
       </c>
       <c r="F53">
-        <v>129744.12</v>
+        <v>88352</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B54" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C54" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D54">
-        <v>6497509</v>
+        <v>674599105</v>
       </c>
       <c r="E54">
-        <v>9407</v>
+        <v>2258</v>
       </c>
       <c r="F54">
-        <v>127253.23</v>
+        <v>87881.36</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B55" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C55" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D55" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E55">
-        <v>1041</v>
+        <v>1488</v>
       </c>
       <c r="F55">
-        <v>112511.28</v>
+        <v>77234.83</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B56" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C56" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D56" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E56">
-        <v>3068</v>
+        <v>572</v>
       </c>
       <c r="F56">
-        <v>111061.6</v>
+        <v>75915.84</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B57" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C57" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>2879327</v>
+        <v>186</v>
+      </c>
+      <c r="D57" t="s">
+        <v>187</v>
       </c>
       <c r="E57">
-        <v>2594</v>
+        <v>4507</v>
       </c>
       <c r="F57">
-        <v>110111.97</v>
+        <v>75889.77</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B58" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C58" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>2347608</v>
+        <v>189</v>
+      </c>
+      <c r="D58" t="s">
+        <v>190</v>
       </c>
       <c r="E58">
-        <v>4715</v>
+        <v>1419</v>
       </c>
       <c r="F58">
-        <v>100730.01</v>
+        <v>75207</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B59" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C59" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>6000305</v>
+        <v>192</v>
+      </c>
+      <c r="D59" t="s">
+        <v>193</v>
       </c>
       <c r="E59">
-        <v>24479</v>
+        <v>96</v>
       </c>
       <c r="F59">
-        <v>99663.58</v>
+        <v>74931.54</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="B60" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C60" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>195</v>
+      </c>
+      <c r="D60">
+        <v>4031879</v>
       </c>
       <c r="E60">
-        <v>651</v>
+        <v>2136</v>
       </c>
       <c r="F60">
-        <v>96146.19</v>
+        <v>74215.2</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="B61" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C61" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>833635105</v>
+        <v>197</v>
+      </c>
+      <c r="D61" t="s">
+        <v>198</v>
       </c>
       <c r="E61">
-        <v>2143</v>
+        <v>43014</v>
       </c>
       <c r="F61">
-        <v>95406.36</v>
+        <v>74091.52</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>194</v>
+        <v>178</v>
       </c>
       <c r="B62" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C62" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>125269100</v>
+        <v>200</v>
+      </c>
+      <c r="D62" t="s">
+        <v>201</v>
       </c>
       <c r="E62">
-        <v>1073</v>
+        <v>1374</v>
       </c>
       <c r="F62">
-        <v>93275.89</v>
+        <v>73261.68</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B63" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C63" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="D63" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="E63">
-        <v>8542</v>
+        <v>4479</v>
       </c>
       <c r="F63">
-        <v>92168.18</v>
+        <v>71342.11</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B64" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C64" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>207</v>
+      </c>
+      <c r="D64">
+        <v>165167735</v>
       </c>
       <c r="E64">
-        <v>2273</v>
+        <v>656</v>
       </c>
       <c r="F64">
-        <v>90036.21</v>
+        <v>69916.48</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B65" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C65" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D65" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E65">
-        <v>944</v>
+        <v>1150</v>
       </c>
       <c r="F65">
-        <v>85318.72</v>
+        <v>68644.23</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B66" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C66" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D66">
-        <v>2454241</v>
+        <v>6728793</v>
       </c>
       <c r="E66">
-        <v>948</v>
+        <v>66698</v>
       </c>
       <c r="F66">
-        <v>85117.4</v>
+        <v>67989.19</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B67" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C67" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>7751259</v>
+        <v>214</v>
+      </c>
+      <c r="D67" t="s">
+        <v>215</v>
       </c>
       <c r="E67">
-        <v>2172</v>
+        <v>1975</v>
       </c>
       <c r="F67">
-        <v>81535.68</v>
+        <v>67830.91</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="B68" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C68" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>674599105</v>
+        <v>217</v>
+      </c>
+      <c r="D68" t="s">
+        <v>218</v>
       </c>
       <c r="E68">
-        <v>1844</v>
+        <v>2869</v>
       </c>
       <c r="F68">
-        <v>79070.72</v>
+        <v>67306.74</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="B69" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C69" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="D69" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E69">
-        <v>536</v>
+        <v>6785</v>
       </c>
       <c r="F69">
-        <v>78883.12</v>
+        <v>66376.88</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="B70" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C70" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="D70" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="E70">
-        <v>542</v>
+        <v>573</v>
       </c>
       <c r="F70">
-        <v>77278.36</v>
+        <v>61001.58</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B71" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C71" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>227</v>
+      </c>
+      <c r="D71">
+        <v>6858849</v>
       </c>
       <c r="E71">
-        <v>7165</v>
+        <v>1681</v>
       </c>
       <c r="F71">
-        <v>74615.15</v>
+        <v>60967.34</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B72" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C72" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>230</v>
+      </c>
+      <c r="D72">
+        <v>891092108</v>
       </c>
       <c r="E72">
-        <v>96</v>
+        <v>820</v>
       </c>
       <c r="F72">
-        <v>73937.14</v>
+        <v>59573</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B73" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C73" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>2866857</v>
+        <v>232</v>
+      </c>
+      <c r="D73" t="s">
+        <v>233</v>
       </c>
       <c r="E73">
-        <v>4991</v>
+        <v>24890</v>
       </c>
       <c r="F73">
-        <v>73022.49</v>
+        <v>56848.37</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B74" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C74" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D74" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E74">
-        <v>1386</v>
+        <v>2746</v>
       </c>
       <c r="F74">
-        <v>72626.4</v>
+        <v>55367.05</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
-        <v>220</v>
+        <v>237</v>
       </c>
       <c r="B75" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C75" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>239</v>
+      </c>
+      <c r="D75">
+        <v>553368101</v>
       </c>
       <c r="E75">
-        <v>40394</v>
+        <v>932</v>
       </c>
       <c r="F75">
-        <v>70482.76</v>
+        <v>49787.44</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B76" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C76" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>4031879</v>
+        <v>241</v>
+      </c>
+      <c r="D76" t="s">
+        <v>242</v>
       </c>
       <c r="E76">
-        <v>2006</v>
+        <v>1395</v>
       </c>
       <c r="F76">
-        <v>69080.02</v>
+        <v>48950.55</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B77" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C77" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>244</v>
+      </c>
+      <c r="D77">
+        <v>5669354</v>
       </c>
       <c r="E77">
-        <v>1446</v>
+        <v>2692</v>
       </c>
       <c r="F77">
-        <v>65886.92</v>
+        <v>48588.57</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B78" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C78" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D78" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E78">
-        <v>1080</v>
+        <v>18432</v>
       </c>
       <c r="F78">
-        <v>65461.1</v>
+        <v>47483.08</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>235</v>
+        <v>248</v>
       </c>
       <c r="B79" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C79" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>250</v>
+      </c>
+      <c r="D79">
+        <v>279158109</v>
       </c>
       <c r="E79">
-        <v>1204</v>
+        <v>4860</v>
       </c>
       <c r="F79">
-        <v>64486.24</v>
+        <v>45343.8</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>235</v>
+        <v>248</v>
       </c>
       <c r="B80" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C80" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D80">
-        <v>165167735</v>
+        <v>551073307</v>
       </c>
       <c r="E80">
-        <v>616</v>
+        <v>5367</v>
       </c>
       <c r="F80">
-        <v>64347.36</v>
+        <v>44814.45</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B81" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C81" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>551073307</v>
+        <v>254</v>
+      </c>
+      <c r="D81" t="s">
+        <v>255</v>
       </c>
       <c r="E81">
-        <v>5047</v>
+        <v>1793</v>
       </c>
       <c r="F81">
-        <v>63309.57</v>
+        <v>43910.57</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B82" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C82" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>553368101</v>
+        <v>257</v>
+      </c>
+      <c r="D82" t="s">
+        <v>258</v>
       </c>
       <c r="E82">
-        <v>924</v>
+        <v>409</v>
       </c>
       <c r="F82">
-        <v>63247.8</v>
+        <v>42699.6</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B83" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C83" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>260</v>
+      </c>
+      <c r="D83">
+        <v>127097103</v>
       </c>
       <c r="E83">
-        <v>3544</v>
+        <v>1687</v>
       </c>
       <c r="F83">
-        <v>61249.32</v>
+        <v>42681.1</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B84" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C84" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D84" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E84">
-        <v>2047</v>
+        <v>22376</v>
       </c>
       <c r="F84">
-        <v>60693.55</v>
+        <v>41907.9</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B85" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C85" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>265</v>
+      </c>
+      <c r="D85">
+        <v>4651459</v>
       </c>
       <c r="E85">
-        <v>543</v>
+        <v>760</v>
       </c>
       <c r="F85">
-        <v>59773.44</v>
+        <v>41326.71</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="B86" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C86" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D86" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E86">
-        <v>27808</v>
+        <v>838</v>
       </c>
       <c r="F86">
-        <v>57627.53</v>
+        <v>39909.58</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="B87" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C87" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>891092108</v>
+        <v>271</v>
+      </c>
+      <c r="D87" t="s">
+        <v>272</v>
       </c>
       <c r="E87">
-        <v>770</v>
+        <v>876</v>
       </c>
       <c r="F87">
-        <v>57549.8</v>
+        <v>38847.67</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B88" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C88" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="D88" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="E88">
-        <v>3543</v>
+        <v>459.2</v>
       </c>
       <c r="F88">
-        <v>55806</v>
+        <v>334</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B89" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C89" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>6728793</v>
+        <v>278</v>
+      </c>
+      <c r="D89" t="s">
+        <v>279</v>
       </c>
       <c r="E89">
-        <v>64990</v>
+        <v>818</v>
       </c>
       <c r="F89">
-        <v>54860.11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B90" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C90" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>6858849</v>
+        <v>281</v>
+      </c>
+      <c r="D90" t="s">
+        <v>282</v>
       </c>
       <c r="E90">
-        <v>1581</v>
+        <v>10479</v>
       </c>
       <c r="F90">
-        <v>52687.91</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B91" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C91" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="D91" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="E91">
-        <v>1855</v>
+        <v>1126</v>
       </c>
       <c r="F91">
-        <v>49251.22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B92" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C92" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D92" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="E92">
-        <v>33796</v>
+        <v>3990</v>
       </c>
       <c r="F92">
-        <v>46793.32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B93" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C93" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>290</v>
+      </c>
+      <c r="D93">
+        <v>5140989</v>
       </c>
       <c r="E93">
-        <v>2533</v>
+        <v>11925</v>
       </c>
       <c r="F93">
-        <v>46447.6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="B94" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C94" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D94" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E94">
-        <v>389</v>
+        <v>329</v>
       </c>
       <c r="F94">
-        <v>42965.05</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="B95" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C95" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>5669354</v>
+        <v>295</v>
+      </c>
+      <c r="D95" t="s">
+        <v>296</v>
       </c>
       <c r="E95">
-        <v>2362</v>
+        <v>-1</v>
       </c>
       <c r="F95">
-        <v>41945.39</v>
-[...399 lines deleted...]
-        <v>-11.03</v>
+        <v>-0.01</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>