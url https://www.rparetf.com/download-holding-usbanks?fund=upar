--- v1 (2025-12-17)
+++ v2 (2026-02-10)
@@ -12,1001 +12,994 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>ARIS ETF</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>24.60%</t>
+    <t>22.38%</t>
   </si>
   <si>
     <t>US 10YR NOTE (CBT)Mar26</t>
   </si>
   <si>
     <t>TYH6 Comdty</t>
   </si>
   <si>
     <t>TYH6 COMDTY</t>
   </si>
   <si>
-    <t>24.13%</t>
+    <t>21.98%</t>
   </si>
   <si>
     <t>US ULTRA BOND CBT Mar26</t>
   </si>
   <si>
     <t>WNH6 Comdty</t>
   </si>
   <si>
     <t>WNH6 COMDTY</t>
   </si>
   <si>
-    <t>14.67%</t>
+    <t>15.80%</t>
   </si>
   <si>
     <t>SPDR Gold MiniShares Trust</t>
   </si>
   <si>
     <t>GLDM</t>
   </si>
   <si>
     <t>98149E303</t>
   </si>
   <si>
-    <t>14.06%</t>
-[...23 lines deleted...]
-    <t>5.01%</t>
+    <t>13.17%</t>
+  </si>
+  <si>
+    <t>SP500 MIC EMIN FUTMar26</t>
+  </si>
+  <si>
+    <t>HWAH6 Index</t>
+  </si>
+  <si>
+    <t>HWAH6 INDEX</t>
+  </si>
+  <si>
+    <t>5.73%</t>
+  </si>
+  <si>
+    <t>MSCI EmgMkt       Mar26</t>
+  </si>
+  <si>
+    <t>MESH6 Index</t>
+  </si>
+  <si>
+    <t>MESH6 INDEX</t>
+  </si>
+  <si>
+    <t>4.93%</t>
   </si>
   <si>
     <t>Vanguard FTSE Emerging Markets ETF</t>
   </si>
   <si>
     <t>VWO</t>
   </si>
   <si>
     <t>4.53%</t>
   </si>
   <si>
-    <t>MSCI EAFE         Dec25</t>
-[...8 lines deleted...]
-    <t>3.58%</t>
+    <t>MSCI EAFE         Mar26</t>
+  </si>
+  <si>
+    <t>MFSH6 Index</t>
+  </si>
+  <si>
+    <t>MFSH6 INDEX</t>
+  </si>
+  <si>
+    <t>3.13%</t>
   </si>
   <si>
     <t>Vanguard Extended Market ETF</t>
   </si>
   <si>
     <t>VXF</t>
   </si>
   <si>
     <t>2.58%</t>
   </si>
   <si>
     <t>VANGUARD FTSE DEVELOPED ETF</t>
   </si>
   <si>
     <t>VEA</t>
   </si>
   <si>
-    <t>1.93%</t>
+    <t>2.33%</t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>2.16%</t>
+  </si>
+  <si>
+    <t>Exxon Mobil Corp</t>
+  </si>
+  <si>
+    <t>XOM</t>
+  </si>
+  <si>
+    <t>30231G102</t>
+  </si>
+  <si>
+    <t>2.12%</t>
   </si>
   <si>
     <t>Deere &amp; Co</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
-    <t>1.80%</t>
-[...11 lines deleted...]
-    <t>1.26%</t>
+    <t>1.31%</t>
   </si>
   <si>
     <t>BHP Group Ltd</t>
   </si>
   <si>
     <t>BHP</t>
   </si>
   <si>
     <t>088606108</t>
   </si>
   <si>
+    <t>1.28%</t>
+  </si>
+  <si>
+    <t>Rio Tinto PLC</t>
+  </si>
+  <si>
+    <t>RIO</t>
+  </si>
+  <si>
+    <t>1.23%</t>
+  </si>
+  <si>
+    <t>Chevron Corp</t>
+  </si>
+  <si>
+    <t>CVX</t>
+  </si>
+  <si>
     <t>1.11%</t>
   </si>
   <si>
-    <t>Cash &amp; Other</t>
-[...25 lines deleted...]
-  <si>
     <t>Southern Copper Corp</t>
   </si>
   <si>
     <t>SCCO</t>
   </si>
   <si>
     <t>84265V105</t>
   </si>
   <si>
     <t>0.74%</t>
   </si>
   <si>
     <t>Shell PLC</t>
   </si>
   <si>
     <t>SHEL</t>
   </si>
   <si>
-    <t>0.63%</t>
+    <t>0.69%</t>
+  </si>
+  <si>
+    <t>Freeport-McMoRan Inc</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>0.64%</t>
   </si>
   <si>
     <t>Corteva Inc</t>
   </si>
   <si>
     <t>CTVA</t>
   </si>
   <si>
     <t>22052L104</t>
   </si>
   <si>
-    <t>0.57%</t>
-[...8 lines deleted...]
-    <t>35671D857</t>
+    <t>Glencore PLC</t>
+  </si>
+  <si>
+    <t>GLEN LN</t>
+  </si>
+  <si>
+    <t>B4T3BW6</t>
+  </si>
+  <si>
+    <t>0.59%</t>
+  </si>
+  <si>
+    <t>Vale SA</t>
+  </si>
+  <si>
+    <t>VALE</t>
+  </si>
+  <si>
+    <t>91912E105</t>
+  </si>
+  <si>
+    <t>0.53%</t>
+  </si>
+  <si>
+    <t>TotalEnergies SE</t>
+  </si>
+  <si>
+    <t>TTE</t>
+  </si>
+  <si>
+    <t>F92124100</t>
   </si>
   <si>
     <t>0.51%</t>
   </si>
   <si>
-    <t>Glencore PLC</t>
-[...34 lines deleted...]
-  <si>
     <t>CMOC Group Ltd</t>
   </si>
   <si>
     <t>3993 HK</t>
   </si>
   <si>
     <t>B1VRCG6</t>
   </si>
   <si>
-    <t>0.42%</t>
+    <t>0.45%</t>
+  </si>
+  <si>
+    <t>ConocoPhillips</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>0.43%</t>
   </si>
   <si>
     <t>Nutrien Ltd</t>
   </si>
   <si>
     <t>NTR CN</t>
   </si>
   <si>
     <t>BDRJLN0</t>
   </si>
   <si>
-    <t>0.41%</t>
-[...8 lines deleted...]
-    <t>20825C104</t>
+    <t>0.40%</t>
+  </si>
+  <si>
+    <t>Antofagasta PLC</t>
+  </si>
+  <si>
+    <t>ANTO LN</t>
+  </si>
+  <si>
+    <t>0045614</t>
   </si>
   <si>
     <t>0.39%</t>
   </si>
   <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>CCO CN</t>
+  </si>
+  <si>
+    <t>0.37%</t>
+  </si>
+  <si>
     <t>Fortescue Ltd</t>
   </si>
   <si>
     <t>FMG AU</t>
   </si>
   <si>
-    <t>0.37%</t>
+    <t>0.34%</t>
+  </si>
+  <si>
+    <t>BP PLC</t>
+  </si>
+  <si>
+    <t>BP</t>
+  </si>
+  <si>
+    <t>055622104</t>
+  </si>
+  <si>
+    <t>0.33%</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
     <t>VWS DC</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
   <si>
-    <t>0.34%</t>
-[...11 lines deleted...]
-    <t>0.33%</t>
+    <t>0.29%</t>
+  </si>
+  <si>
+    <t>Ecolab Inc</t>
+  </si>
+  <si>
+    <t>ECL</t>
+  </si>
+  <si>
+    <t>0.28%</t>
+  </si>
+  <si>
+    <t>CANADIAN NAT RES LTD</t>
+  </si>
+  <si>
+    <t>CNQ CN</t>
+  </si>
+  <si>
+    <t>0.26%</t>
   </si>
   <si>
     <t>First Solar Inc</t>
   </si>
   <si>
     <t>FSLR</t>
   </si>
   <si>
-    <t>0.32%</t>
-[...26 lines deleted...]
-    <t>ECL</t>
+    <t>0.25%</t>
+  </si>
+  <si>
+    <t>Kubota Corp</t>
+  </si>
+  <si>
+    <t>6326 JP</t>
   </si>
   <si>
     <t>0.24%</t>
   </si>
   <si>
-    <t>CANADIAN NAT RES LTD</t>
-[...2 lines deleted...]
-    <t>CNQ CN</t>
+    <t>Equinor ASA</t>
+  </si>
+  <si>
+    <t>EQNR</t>
+  </si>
+  <si>
+    <t>29446M102</t>
   </si>
   <si>
     <t>0.23%</t>
   </si>
   <si>
     <t>Sociedad Quimica y Minera de Chile SA</t>
   </si>
   <si>
     <t>SQM</t>
   </si>
   <si>
-    <t>Kubota Corp</t>
-[...2 lines deleted...]
-    <t>6326 JP</t>
+    <t>0.22%</t>
+  </si>
+  <si>
+    <t>Eni SpA</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>26874R108</t>
+  </si>
+  <si>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU CN</t>
+  </si>
+  <si>
+    <t>B3NB1P2</t>
   </si>
   <si>
     <t>0.21%</t>
   </si>
   <si>
-    <t>Equinor ASA</t>
-[...14 lines deleted...]
-    <t>26874R108</t>
+    <t>EOG Resources Inc</t>
+  </si>
+  <si>
+    <t>EOG</t>
+  </si>
+  <si>
+    <t>26875P101</t>
+  </si>
+  <si>
+    <t>Teck Resources Ltd</t>
+  </si>
+  <si>
+    <t>TECK/B CN</t>
   </si>
   <si>
     <t>0.20%</t>
   </si>
   <si>
-    <t>EOG Resources Inc</t>
-[...5 lines deleted...]
-    <t>26875P101</t>
+    <t>CNH Industrial NV</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>N20944109</t>
   </si>
   <si>
     <t>0.19%</t>
   </si>
   <si>
-    <t>Suncor Energy Inc</t>
-[...5 lines deleted...]
-    <t>B3NB1P2</t>
+    <t>CF Industries Holdings Inc</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>Imperial Oil Ltd</t>
+  </si>
+  <si>
+    <t>IMO CN</t>
+  </si>
+  <si>
+    <t>Jiangxi Copper Co Ltd</t>
+  </si>
+  <si>
+    <t>358 HK</t>
+  </si>
+  <si>
+    <t>0.18%</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM CN</t>
+  </si>
+  <si>
+    <t>Nextpower Inc</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>65290E101</t>
   </si>
   <si>
     <t>0.17%</t>
   </si>
   <si>
-    <t>CF Industries Holdings Inc</t>
-[...23 lines deleted...]
-    <t>TECK/B CN</t>
+    <t>NAC Kazatomprom JSC</t>
+  </si>
+  <si>
+    <t>KAP LI</t>
+  </si>
+  <si>
+    <t>BGXQL36</t>
+  </si>
+  <si>
+    <t>Lundin Mining Corp</t>
+  </si>
+  <si>
+    <t>LUN CN</t>
   </si>
   <si>
     <t>0.16%</t>
   </si>
   <si>
-    <t>Jiangxi Copper Co Ltd</t>
-[...2 lines deleted...]
-    <t>358 HK</t>
+    <t>Yara International ASA</t>
+  </si>
+  <si>
+    <t>YAR NO</t>
+  </si>
+  <si>
+    <t>Boliden AB</t>
+  </si>
+  <si>
+    <t>BOL SS</t>
+  </si>
+  <si>
+    <t>BPYTZ57</t>
   </si>
   <si>
     <t>0.15%</t>
   </si>
   <si>
-    <t>Imperial Oil Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>Diamondback Energy Inc</t>
   </si>
   <si>
     <t>FANG</t>
   </si>
   <si>
     <t>25278X109</t>
   </si>
   <si>
+    <t>Occidental Petroleum Corp</t>
+  </si>
+  <si>
+    <t>OXY</t>
+  </si>
+  <si>
+    <t>Sumitomo Metal Mining Co Ltd</t>
+  </si>
+  <si>
+    <t>5713 JP</t>
+  </si>
+  <si>
+    <t>0.14%</t>
+  </si>
+  <si>
     <t>Xylem Inc/NY</t>
   </si>
   <si>
     <t>XYL</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
-    <t>Lundin Mining Corp</t>
-[...26 lines deleted...]
-    <t>OXY</t>
+    <t>Cenovus Energy Inc</t>
+  </si>
+  <si>
+    <t>CVE CN</t>
+  </si>
+  <si>
+    <t>B57FG04</t>
+  </si>
+  <si>
+    <t>0.13%</t>
+  </si>
+  <si>
+    <t>Ivanhoe Mines Ltd</t>
+  </si>
+  <si>
+    <t>IVN CN</t>
+  </si>
+  <si>
+    <t>BD73C40</t>
   </si>
   <si>
     <t>0.12%</t>
   </si>
   <si>
-    <t>Boliden AB</t>
-[...5 lines deleted...]
-    <t>BPYTZ57</t>
+    <t>MMG Ltd</t>
+  </si>
+  <si>
+    <t>1208 HK</t>
+  </si>
+  <si>
+    <t>Mosaic Co/The</t>
+  </si>
+  <si>
+    <t>MOS</t>
+  </si>
+  <si>
+    <t>61945C103</t>
+  </si>
+  <si>
+    <t>Woodside Energy Group Ltd</t>
+  </si>
+  <si>
+    <t>WDS AU</t>
+  </si>
+  <si>
+    <t>BMGT167</t>
+  </si>
+  <si>
+    <t>Veolia Environnement SA</t>
+  </si>
+  <si>
+    <t>VIE FP</t>
+  </si>
+  <si>
+    <t>Toro Co/The</t>
+  </si>
+  <si>
+    <t>TTC</t>
+  </si>
+  <si>
+    <t>South32 Ltd</t>
+  </si>
+  <si>
+    <t>S32 AU</t>
+  </si>
+  <si>
+    <t>BWSW5D9</t>
+  </si>
+  <si>
+    <t>0.11%</t>
+  </si>
+  <si>
+    <t>Nordex SE</t>
+  </si>
+  <si>
+    <t>NDX1 GR</t>
+  </si>
+  <si>
+    <t>B06CF71</t>
+  </si>
+  <si>
+    <t>Geberit AG</t>
+  </si>
+  <si>
+    <t>GEBN SW</t>
+  </si>
+  <si>
+    <t>B1WGG93</t>
+  </si>
+  <si>
+    <t>Goldwind Science &amp; Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2208 HK</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>EQT Corp</t>
+  </si>
+  <si>
+    <t>EQT</t>
+  </si>
+  <si>
+    <t>26884L109</t>
+  </si>
+  <si>
+    <t>AGCO Corp</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>0.10%</t>
+  </si>
+  <si>
+    <t>Salmar ASA</t>
+  </si>
+  <si>
+    <t>SALM NO</t>
+  </si>
+  <si>
+    <t>B1W5NW2</t>
   </si>
   <si>
     <t>American Water Works Co Inc</t>
   </si>
   <si>
     <t>AWK</t>
   </si>
   <si>
     <t>030420103</t>
   </si>
   <si>
-    <t>Cenovus Energy Inc</t>
-[...61 lines deleted...]
-  <si>
     <t>Expand Energy Corp</t>
   </si>
   <si>
     <t>EXE</t>
   </si>
   <si>
-    <t>Salmar ASA</t>
-[...58 lines deleted...]
-  <si>
     <t>0.09%</t>
   </si>
   <si>
-    <t>Toro Co/The</t>
-[...13 lines deleted...]
-  <si>
     <t>Inpex Corp</t>
   </si>
   <si>
     <t>1605 JP</t>
   </si>
   <si>
     <t>B10RB15</t>
   </si>
   <si>
+    <t>Devon Energy Corp</t>
+  </si>
+  <si>
+    <t>DVN</t>
+  </si>
+  <si>
+    <t>25179M103</t>
+  </si>
+  <si>
+    <t>Ecopetrol SA</t>
+  </si>
+  <si>
+    <t>EC</t>
+  </si>
+  <si>
     <t>0.08%</t>
   </si>
   <si>
     <t>MP Materials Corp</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
-    <t>Devon Energy Corp</t>
-[...5 lines deleted...]
-    <t>25179M103</t>
+    <t>Lynas Rare Earths Ltd</t>
+  </si>
+  <si>
+    <t>LYSDY</t>
+  </si>
+  <si>
+    <t>PLS Group Ltd</t>
+  </si>
+  <si>
+    <t>PLS AU</t>
+  </si>
+  <si>
+    <t>B2368L5</t>
   </si>
   <si>
     <t>Repsol SA</t>
   </si>
   <si>
     <t>REP SM</t>
   </si>
   <si>
-    <t>PLS Group Ltd</t>
-[...5 lines deleted...]
-    <t>B2368L5</t>
+    <t>CIA SANEAMENTO BASICO SPONSORED ADR</t>
+  </si>
+  <si>
+    <t>SBS</t>
+  </si>
+  <si>
+    <t>20441A102</t>
   </si>
   <si>
     <t>0.07%</t>
   </si>
   <si>
-    <t>Ecopetrol SA</t>
-[...17 lines deleted...]
-    <t>20441A102</t>
+    <t>Coterra Energy Inc</t>
+  </si>
+  <si>
+    <t>CTRA</t>
+  </si>
+  <si>
+    <t>OMV AG</t>
+  </si>
+  <si>
+    <t>OMV AV</t>
+  </si>
+  <si>
+    <t>0.06%</t>
+  </si>
+  <si>
+    <t>China Nonferrous Mining Corp Ltd</t>
+  </si>
+  <si>
+    <t>1258 HK</t>
+  </si>
+  <si>
+    <t>B890GY2</t>
+  </si>
+  <si>
+    <t>Halma PLC</t>
+  </si>
+  <si>
+    <t>HLMA LN</t>
+  </si>
+  <si>
+    <t>0405207</t>
+  </si>
+  <si>
+    <t>Tourmaline Oil Corp</t>
+  </si>
+  <si>
+    <t>TOU CN</t>
+  </si>
+  <si>
+    <t>B3QJ0H8</t>
   </si>
   <si>
     <t>Pentair PLC</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>G7S00T104</t>
   </si>
   <si>
-    <t>Coterra Energy Inc</t>
-[...40 lines deleted...]
-  <si>
     <t>0.00%</t>
   </si>
   <si>
-    <t>CANADIAN DOLLAR</t>
-[...5 lines deleted...]
-    <t>CASHCAD</t>
+    <t>Rosneft Oil Co PJSC</t>
+  </si>
+  <si>
+    <t>ROSN LI</t>
+  </si>
+  <si>
+    <t>B17FSC2</t>
+  </si>
+  <si>
+    <t>PHOSAGRO OJSC GDR EACH REPR 1/3 ORD REG</t>
+  </si>
+  <si>
+    <t>PHOR LI</t>
+  </si>
+  <si>
+    <t>B62QPJ1</t>
+  </si>
+  <si>
+    <t>Gazprom PJSC</t>
+  </si>
+  <si>
+    <t>OGZD LI</t>
+  </si>
+  <si>
+    <t>Novatek PJSC</t>
+  </si>
+  <si>
+    <t>NVTK LI</t>
+  </si>
+  <si>
+    <t>B0DK750</t>
+  </si>
+  <si>
+    <t>GMK Norilskiy Nickel PAO</t>
+  </si>
+  <si>
+    <t>MNOD LI</t>
+  </si>
+  <si>
+    <t>BYSW6D0</t>
   </si>
   <si>
     <t>LUKOIL PJSC</t>
   </si>
   <si>
     <t>LKOD LI</t>
   </si>
   <si>
     <t>BYZDW27</t>
-  </si>
-[...49 lines deleted...]
-    <t>CASHJPY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1269,68 +1262,68 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W95"/>
+  <dimension ref="A1:W93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="20.280762" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.567383" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.281" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="16.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
@@ -1350,1912 +1343,1873 @@
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>138</v>
+        <v>138.0</v>
       </c>
       <c r="F4">
-        <v>15527156.25</v>
+        <v>15481875.0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>129</v>
+        <v>129.0</v>
       </c>
       <c r="F5">
-        <v>15234093.75</v>
+        <v>15209906.25</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6">
-        <v>108652</v>
+        <v>108652.0</v>
       </c>
       <c r="F6">
-        <v>9259323.44</v>
+        <v>10928218.16</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7">
-        <v>261</v>
+        <v>261.0</v>
       </c>
       <c r="F7">
-        <v>8875305</v>
+        <v>9113141.25</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
-        <v>51</v>
+        <v>51.0</v>
       </c>
       <c r="F8">
-        <v>3465450</v>
+        <v>3966015.0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>922042858</v>
       </c>
       <c r="E9">
-        <v>59114</v>
+        <v>59114.0</v>
       </c>
       <c r="F9">
-        <v>3161416.72</v>
+        <v>3413833.5</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
-        <v>20</v>
+        <v>20.0</v>
       </c>
       <c r="F10">
-        <v>2857800</v>
+        <v>3134100.0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>922908652</v>
       </c>
       <c r="E11">
-        <v>10700</v>
+        <v>9873.0</v>
       </c>
       <c r="F11">
-        <v>2259305</v>
+        <v>2167814.61</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>921943858</v>
       </c>
       <c r="E12">
-        <v>26099</v>
+        <v>26099.0</v>
       </c>
       <c r="F12">
-        <v>1630143.54</v>
+        <v>1784388.63</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="D13">
-        <v>244199105</v>
+      <c r="D13" t="s">
+        <v>42</v>
       </c>
       <c r="E13">
-        <v>2510</v>
+        <v>1612891.1</v>
       </c>
       <c r="F13">
-        <v>1218454.4</v>
+        <v>1612891.1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
         <v>46</v>
       </c>
       <c r="E14">
-        <v>9906</v>
+        <v>9906.0</v>
       </c>
       <c r="F14">
-        <v>1136020.08</v>
+        <v>1497886.26</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>49</v>
       </c>
-      <c r="D15" t="s">
-        <v>50</v>
+      <c r="D15">
+        <v>244199105</v>
       </c>
       <c r="E15">
-        <v>13575</v>
+        <v>2510.0</v>
       </c>
       <c r="F15">
-        <v>795766.5</v>
+        <v>1470031.7</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
         <v>51</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16">
-        <v>700763.9</v>
+        <v>12672.0</v>
       </c>
       <c r="F16">
-        <v>700763.9</v>
+        <v>908202.24</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>54</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
       <c r="C17" t="s">
         <v>56</v>
       </c>
       <c r="D17">
         <v>767204100</v>
       </c>
       <c r="E17">
-        <v>9109</v>
+        <v>9109.0</v>
       </c>
       <c r="F17">
-        <v>692192.91</v>
+        <v>882206.65</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
       <c r="C18" t="s">
         <v>59</v>
       </c>
       <c r="D18">
         <v>166764100</v>
       </c>
       <c r="E18">
-        <v>4663</v>
+        <v>4663.0</v>
       </c>
       <c r="F18">
-        <v>684295.25</v>
+        <v>851463.8</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>60</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
       <c r="C19" t="s">
         <v>62</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19">
-        <v>4123.502</v>
+        <v>3738.0</v>
       </c>
       <c r="F19">
-        <v>578403.63</v>
+        <v>768282.24</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>64</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
         <v>66</v>
       </c>
       <c r="D20">
         <v>780259305</v>
       </c>
       <c r="E20">
-        <v>6616</v>
+        <v>6616.0</v>
       </c>
       <c r="F20">
-        <v>466163.36</v>
+        <v>514724.8</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="E21">
-        <v>6043</v>
+        <v>7533.0</v>
       </c>
       <c r="F21">
-        <v>395695.64</v>
+        <v>479174.13</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>71</v>
       </c>
       <c r="B22" t="s">
         <v>72</v>
       </c>
       <c r="C22" t="s">
         <v>73</v>
       </c>
       <c r="D22" t="s">
         <v>74</v>
       </c>
       <c r="E22">
-        <v>7533</v>
+        <v>6043.0</v>
       </c>
       <c r="F22">
-        <v>358118.82</v>
+        <v>444885.66</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" t="s">
         <v>75</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>76</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>77</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23">
-        <v>64708</v>
+        <v>64708.0</v>
       </c>
       <c r="F23">
-        <v>324056.51</v>
+        <v>443560.76</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" t="s">
         <v>79</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>80</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>81</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24">
-        <v>4942</v>
+        <v>24130.0</v>
       </c>
       <c r="F24">
-        <v>315546.7</v>
+        <v>405142.7</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
+        <v>82</v>
+      </c>
+      <c r="B25" t="s">
         <v>83</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>84</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>85</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25">
-        <v>24130</v>
+        <v>4942.0</v>
       </c>
       <c r="F25">
-        <v>306933.6</v>
+        <v>369216.82</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" t="s">
         <v>87</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>88</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>89</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26">
-        <v>125538</v>
+        <v>125538.0</v>
       </c>
       <c r="F26">
-        <v>291115.71</v>
+        <v>353431.32</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B27" t="s">
         <v>91</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>92</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>93</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27">
-        <v>4263</v>
+        <v>2859.0</v>
       </c>
       <c r="F27">
-        <v>263559.66</v>
+        <v>310773.3</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
+        <v>94</v>
+      </c>
+      <c r="B28" t="s">
         <v>95</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>96</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>97</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28">
-        <v>2859</v>
+        <v>4263.0</v>
       </c>
       <c r="F28">
-        <v>259511.43</v>
+        <v>298512.08</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" t="s">
         <v>99</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>100</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>101</v>
       </c>
-      <c r="D29">
-[...1 lines deleted...]
-      </c>
       <c r="E29">
-        <v>16766</v>
+        <v>5270.0</v>
       </c>
       <c r="F29">
-        <v>246012.06</v>
+        <v>275243.63</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>102</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
       <c r="C30" t="s">
         <v>104</v>
       </c>
-      <c r="D30" t="s">
-        <v>105</v>
+      <c r="D30">
+        <v>2166160</v>
       </c>
       <c r="E30">
-        <v>8791</v>
+        <v>2251.0</v>
       </c>
       <c r="F30">
-        <v>236467.98</v>
+        <v>271314.12</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
+        <v>105</v>
+      </c>
+      <c r="B31" t="s">
         <v>106</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>107</v>
       </c>
-      <c r="C31" t="s">
-[...3 lines deleted...]
-        <v>109</v>
+      <c r="D31">
+        <v>6086253</v>
       </c>
       <c r="E31">
-        <v>5270</v>
+        <v>16766.0</v>
       </c>
       <c r="F31">
-        <v>215633.01</v>
+        <v>258882.05</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
+        <v>108</v>
+      </c>
+      <c r="B32" t="s">
+        <v>109</v>
+      </c>
+      <c r="C32" t="s">
         <v>110</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
         <v>111</v>
       </c>
-      <c r="C32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32">
-        <v>797</v>
+        <v>5978.0</v>
       </c>
       <c r="F32">
-        <v>206032.47</v>
+        <v>234457.16</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
+        <v>112</v>
+      </c>
+      <c r="B33" t="s">
         <v>113</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>114</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>115</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33">
-        <v>5978</v>
+        <v>8791.0</v>
       </c>
       <c r="F33">
-        <v>201817.28</v>
+        <v>230729.76</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
+        <v>116</v>
+      </c>
+      <c r="B34" t="s">
         <v>117</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>118</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34">
-        <v>2166160</v>
+        <v>278865100</v>
       </c>
       <c r="E34">
-        <v>2251</v>
+        <v>692.0</v>
       </c>
       <c r="F34">
-        <v>196030.28</v>
+        <v>199406.72</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
+        <v>119</v>
+      </c>
+      <c r="B35" t="s">
         <v>120</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>121</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35">
-        <v>278865100</v>
+        <v>2171573</v>
       </c>
       <c r="E35">
-        <v>692</v>
+        <v>4914.0</v>
       </c>
       <c r="F35">
-        <v>179594.76</v>
+        <v>192323.95</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
+        <v>122</v>
+      </c>
+      <c r="B36" t="s">
         <v>123</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>124</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36">
-        <v>2171573</v>
+        <v>336433107</v>
       </c>
       <c r="E36">
-        <v>4914</v>
+        <v>797.0</v>
       </c>
       <c r="F36">
-        <v>153690.95</v>
+        <v>177037.61</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
+        <v>125</v>
+      </c>
+      <c r="B37" t="s">
         <v>126</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>127</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37">
-        <v>833635105</v>
+        <v>6497509</v>
       </c>
       <c r="E37">
-        <v>2273</v>
+        <v>10017.0</v>
       </c>
       <c r="F37">
-        <v>145858.41</v>
+        <v>173398.34</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B38" t="s">
         <v>129</v>
       </c>
       <c r="C38" t="s">
         <v>130</v>
       </c>
-      <c r="D38">
-        <v>6497509</v>
+      <c r="D38" t="s">
+        <v>131</v>
       </c>
       <c r="E38">
-        <v>10017</v>
+        <v>6019.0</v>
       </c>
       <c r="F38">
-        <v>145670.05</v>
+        <v>166485.54</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B39" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C39" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>134</v>
       </c>
+      <c r="D39">
+        <v>833635105</v>
+      </c>
       <c r="E39">
-        <v>6019</v>
+        <v>2273.0</v>
       </c>
       <c r="F39">
-        <v>134885.79</v>
+        <v>161723.95</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B40" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C40" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E40">
-        <v>3647</v>
+        <v>3647.0</v>
       </c>
       <c r="F40">
-        <v>133115.5</v>
+        <v>155544.55</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B41" t="s">
         <v>139</v>
       </c>
       <c r="C41" t="s">
         <v>140</v>
       </c>
       <c r="D41" t="s">
         <v>141</v>
       </c>
       <c r="E41">
-        <v>1248</v>
+        <v>2791.0</v>
       </c>
       <c r="F41">
-        <v>127021.44</v>
+        <v>152417.7</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
         <v>142</v>
       </c>
       <c r="B42" t="s">
         <v>143</v>
       </c>
       <c r="C42" t="s">
         <v>144</v>
       </c>
       <c r="D42" t="s">
         <v>145</v>
       </c>
       <c r="E42">
-        <v>2791</v>
+        <v>1248.0</v>
       </c>
       <c r="F42">
-        <v>117864.1</v>
+        <v>142109.76</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
+        <v>142</v>
+      </c>
+      <c r="B43" t="s">
         <v>146</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>147</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43">
-        <v>125269100</v>
+        <v>2879327</v>
       </c>
       <c r="E43">
-        <v>1418</v>
+        <v>2452.0</v>
       </c>
       <c r="F43">
-        <v>109965.9</v>
+        <v>141853.78</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B44" t="s">
         <v>149</v>
       </c>
       <c r="C44" t="s">
         <v>150</v>
       </c>
       <c r="D44" t="s">
         <v>151</v>
       </c>
       <c r="E44">
-        <v>11414</v>
+        <v>11414.0</v>
       </c>
       <c r="F44">
-        <v>109916.82</v>
+        <v>141191.18</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B45" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C45" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D45">
-        <v>2347608</v>
+        <v>125269100</v>
       </c>
       <c r="E45">
-        <v>4331</v>
+        <v>1418.0</v>
       </c>
       <c r="F45">
-        <v>106884.99</v>
+        <v>134624.92</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B46" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C46" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D46">
-        <v>2879327</v>
+        <v>2454241</v>
       </c>
       <c r="E46">
-        <v>2452</v>
+        <v>1141.0</v>
       </c>
       <c r="F46">
-        <v>105866.62</v>
+        <v>130085.35</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B47" t="s">
         <v>157</v>
       </c>
       <c r="C47" t="s">
         <v>158</v>
       </c>
       <c r="D47">
         <v>6000305</v>
       </c>
       <c r="E47">
-        <v>23303</v>
+        <v>23303.0</v>
       </c>
       <c r="F47">
-        <v>101486.7</v>
+        <v>129422.18</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
         <v>159</v>
       </c>
       <c r="B48" t="s">
         <v>160</v>
       </c>
       <c r="C48" t="s">
         <v>161</v>
       </c>
       <c r="D48">
-        <v>2454241</v>
+        <v>2347608</v>
       </c>
       <c r="E48">
-        <v>1141</v>
+        <v>4331.0</v>
       </c>
       <c r="F48">
-        <v>97364.89</v>
+        <v>123587.87</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
         <v>159</v>
       </c>
       <c r="B49" t="s">
         <v>162</v>
       </c>
       <c r="C49" t="s">
         <v>163</v>
       </c>
       <c r="D49" t="s">
         <v>164</v>
       </c>
       <c r="E49">
-        <v>646</v>
+        <v>1004.0</v>
       </c>
       <c r="F49">
-        <v>96292.76</v>
+        <v>122357.48</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B50" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C50" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D50" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E50">
-        <v>691</v>
+        <v>1419.0</v>
       </c>
       <c r="F50">
-        <v>95081.6</v>
+        <v>119337.9</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B51" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C51" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D51">
         <v>2866857</v>
       </c>
       <c r="E51">
-        <v>4523</v>
+        <v>4523.0</v>
       </c>
       <c r="F51">
-        <v>91818.69</v>
+        <v>115370.24</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B52" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C52" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D52">
         <v>7751259</v>
       </c>
       <c r="E52">
-        <v>2312</v>
+        <v>2312.0</v>
       </c>
       <c r="F52">
-        <v>90760.28</v>
+        <v>111421.4</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B53" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C53" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D53" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E53">
-        <v>1004</v>
+        <v>1488.0</v>
       </c>
       <c r="F53">
-        <v>88352</v>
+        <v>107929.44</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B54" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C54" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>674599105</v>
+        <v>179</v>
+      </c>
+      <c r="D54" t="s">
+        <v>180</v>
       </c>
       <c r="E54">
-        <v>2258</v>
+        <v>646.0</v>
       </c>
       <c r="F54">
-        <v>87881.36</v>
+        <v>107210.16</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B55" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C55" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>182</v>
+      </c>
+      <c r="D55">
+        <v>674599105</v>
       </c>
       <c r="E55">
-        <v>1488</v>
+        <v>2258.0</v>
       </c>
       <c r="F55">
-        <v>77234.83</v>
+        <v>105358.28</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B56" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C56" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D56" t="s">
         <v>184</v>
       </c>
+      <c r="D56">
+        <v>6858849</v>
+      </c>
       <c r="E56">
-        <v>572</v>
+        <v>1681.0</v>
       </c>
       <c r="F56">
-        <v>75915.84</v>
+        <v>102007.56</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B57" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C57" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D57" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E57">
-        <v>4507</v>
+        <v>691.0</v>
       </c>
       <c r="F57">
-        <v>75889.77</v>
+        <v>96871.29</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B58" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C58" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D58" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E58">
-        <v>1419</v>
+        <v>4507.0</v>
       </c>
       <c r="F58">
-        <v>75207</v>
+        <v>94639.53</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="B59" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C59" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D59" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E59">
-        <v>96</v>
+        <v>6785.0</v>
       </c>
       <c r="F59">
-        <v>74931.54</v>
+        <v>90083.4</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="B60" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C60" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D60">
-        <v>4031879</v>
+        <v>6728793</v>
       </c>
       <c r="E60">
-        <v>2136</v>
+        <v>66698.0</v>
       </c>
       <c r="F60">
-        <v>74215.2</v>
+        <v>86036.05</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="B61" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C61" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D61" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E61">
-        <v>43014</v>
+        <v>2869.0</v>
       </c>
       <c r="F61">
-        <v>74091.52</v>
+        <v>84807.64</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="B62" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C62" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D62" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E62">
-        <v>1374</v>
+        <v>4479.0</v>
       </c>
       <c r="F62">
-        <v>73261.68</v>
+        <v>82051.81</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B63" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C63" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>206</v>
+      </c>
+      <c r="D63">
+        <v>4031879</v>
       </c>
       <c r="E63">
-        <v>4479</v>
+        <v>2136.0</v>
       </c>
       <c r="F63">
-        <v>71342.11</v>
+        <v>81526.52</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B64" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C64" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D64">
-        <v>165167735</v>
+        <v>891092108</v>
       </c>
       <c r="E64">
-        <v>656</v>
+        <v>820.0</v>
       </c>
       <c r="F64">
-        <v>69916.48</v>
+        <v>80606.0</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B65" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C65" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D65" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E65">
-        <v>1150</v>
+        <v>24890.0</v>
       </c>
       <c r="F65">
-        <v>68644.23</v>
+        <v>80288.05</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B66" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C66" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>6728793</v>
+        <v>214</v>
+      </c>
+      <c r="D66" t="s">
+        <v>215</v>
       </c>
       <c r="E66">
-        <v>66698</v>
+        <v>1975.0</v>
       </c>
       <c r="F66">
-        <v>67989.19</v>
+        <v>79381.14</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B67" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C67" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D67" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E67">
-        <v>1975</v>
+        <v>96.0</v>
       </c>
       <c r="F67">
-        <v>67830.91</v>
+        <v>78203.2</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B68" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C68" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D68" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E68">
-        <v>2869</v>
+        <v>43014.0</v>
       </c>
       <c r="F68">
-        <v>67306.74</v>
+        <v>77283.02</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="B69" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C69" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D69" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E69">
-        <v>6785</v>
+        <v>1374.0</v>
       </c>
       <c r="F69">
-        <v>66376.88</v>
+        <v>77122.62</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="B70" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C70" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D70" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E70">
-        <v>573</v>
+        <v>573.0</v>
       </c>
       <c r="F70">
-        <v>61001.58</v>
+        <v>76529.88</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B71" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C71" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>6858849</v>
+        <v>230</v>
+      </c>
+      <c r="D71" t="s">
+        <v>231</v>
       </c>
       <c r="E71">
-        <v>1681</v>
+        <v>1150.0</v>
       </c>
       <c r="F71">
-        <v>60967.34</v>
+        <v>71151.71</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
         <v>228</v>
       </c>
       <c r="B72" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C72" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>891092108</v>
+        <v>233</v>
+      </c>
+      <c r="D72" t="s">
+        <v>234</v>
       </c>
       <c r="E72">
-        <v>820</v>
+        <v>572.0</v>
       </c>
       <c r="F72">
-        <v>59573</v>
+        <v>69854.07</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
         <v>228</v>
       </c>
       <c r="B73" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C73" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>236</v>
+      </c>
+      <c r="D73">
+        <v>165167735</v>
       </c>
       <c r="E73">
-        <v>24890</v>
+        <v>656.0</v>
       </c>
       <c r="F73">
-        <v>56848.37</v>
+        <v>67725.44</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="B74" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C74" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D74" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E74">
-        <v>2746</v>
+        <v>2746.0</v>
       </c>
       <c r="F74">
-        <v>55367.05</v>
+        <v>65646.07</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
         <v>237</v>
       </c>
       <c r="B75" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C75" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>553368101</v>
+        <v>242</v>
+      </c>
+      <c r="D75" t="s">
+        <v>243</v>
       </c>
       <c r="E75">
-        <v>932</v>
+        <v>1395.0</v>
       </c>
       <c r="F75">
-        <v>49787.44</v>
+        <v>60654.6</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
         <v>237</v>
       </c>
       <c r="B76" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C76" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>245</v>
+      </c>
+      <c r="D76">
+        <v>279158109</v>
       </c>
       <c r="E76">
-        <v>1395</v>
+        <v>4860.0</v>
       </c>
       <c r="F76">
-        <v>48950.55</v>
+        <v>59778.0</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="B77" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C77" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D77">
-        <v>5669354</v>
+        <v>553368101</v>
       </c>
       <c r="E77">
-        <v>2692</v>
+        <v>932.0</v>
       </c>
       <c r="F77">
-        <v>48588.57</v>
+        <v>58529.6</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="B78" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C78" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>250</v>
+      </c>
+      <c r="D78">
+        <v>551073307</v>
       </c>
       <c r="E78">
-        <v>18432</v>
+        <v>5367.0</v>
       </c>
       <c r="F78">
-        <v>47483.08</v>
+        <v>58124.61</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B79" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C79" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>279158109</v>
+        <v>252</v>
+      </c>
+      <c r="D79" t="s">
+        <v>253</v>
       </c>
       <c r="E79">
-        <v>4860</v>
+        <v>18432.0</v>
       </c>
       <c r="F79">
-        <v>45343.8</v>
+        <v>54490.79</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B80" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C80" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D80">
-        <v>551073307</v>
+        <v>5669354</v>
       </c>
       <c r="E80">
-        <v>5367</v>
+        <v>2692.0</v>
       </c>
       <c r="F80">
-        <v>44814.45</v>
+        <v>54115.79</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B81" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C81" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D81" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E81">
-        <v>1793</v>
+        <v>1846.157071</v>
       </c>
       <c r="F81">
-        <v>43910.57</v>
+        <v>52800.09</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B82" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C82" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>261</v>
+      </c>
+      <c r="D82">
+        <v>127097103</v>
       </c>
       <c r="E82">
-        <v>409</v>
+        <v>1687.0</v>
       </c>
       <c r="F82">
-        <v>42699.6</v>
+        <v>51470.37</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B83" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C83" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D83">
-        <v>127097103</v>
+        <v>4651459</v>
       </c>
       <c r="E83">
-        <v>1687</v>
+        <v>760.0</v>
       </c>
       <c r="F83">
-        <v>42681.1</v>
+        <v>47757.46</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="B84" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C84" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D84" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="E84">
-        <v>22376</v>
+        <v>22376.0</v>
       </c>
       <c r="F84">
-        <v>41907.9</v>
+        <v>43438.54</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="B85" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C85" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>4651459</v>
+        <v>269</v>
+      </c>
+      <c r="D85" t="s">
+        <v>270</v>
       </c>
       <c r="E85">
-        <v>760</v>
+        <v>838.0</v>
       </c>
       <c r="F85">
-        <v>41326.71</v>
+        <v>41360.07</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B86" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C86" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="D86" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="E86">
-        <v>838</v>
+        <v>876.0</v>
       </c>
       <c r="F86">
-        <v>39909.58</v>
+        <v>39893.58</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B87" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C87" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D87" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E87">
-        <v>876</v>
+        <v>409.0</v>
       </c>
       <c r="F87">
-        <v>38847.67</v>
+        <v>39885.68</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B88" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C88" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D88" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="E88">
-        <v>459.2</v>
+        <v>10479.0</v>
       </c>
       <c r="F88">
-        <v>334</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B89" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C89" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D89" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E89">
-        <v>818</v>
+        <v>1126.0</v>
       </c>
       <c r="F89">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B90" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C90" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>285</v>
+      </c>
+      <c r="D90">
+        <v>5140989</v>
       </c>
       <c r="E90">
-        <v>10479</v>
+        <v>11925.0</v>
       </c>
       <c r="F90">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B91" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C91" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D91" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="E91">
-        <v>1126</v>
+        <v>329.0</v>
       </c>
       <c r="F91">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B92" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C92" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="D92" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="E92">
-        <v>3990</v>
+        <v>3990.0</v>
       </c>
       <c r="F92">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B93" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C93" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>5140989</v>
+        <v>293</v>
+      </c>
+      <c r="D93" t="s">
+        <v>294</v>
       </c>
       <c r="E93">
-        <v>11925</v>
+        <v>818.0</v>
       </c>
       <c r="F93">
-        <v>0</v>
-[...39 lines deleted...]
-        <v>-0.01</v>
+        <v>0.0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>