--- v2 (2026-02-10)
+++ v3 (2026-03-31)
@@ -12,935 +12,1346 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
     <t>ARIS ETF</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>22.38%</t>
-[...23 lines deleted...]
-    <t>15.80%</t>
+    <t>26.33%</t>
+  </si>
+  <si>
+    <t>US 10YR NOTE (CBT)Jun26</t>
+  </si>
+  <si>
+    <t>TYM6 Comdty</t>
+  </si>
+  <si>
+    <t>TYM6 COMDTY</t>
+  </si>
+  <si>
+    <t>25.87%</t>
+  </si>
+  <si>
+    <t>US ULTRA BOND CBT Jun26</t>
+  </si>
+  <si>
+    <t>WNM6 Comdty</t>
+  </si>
+  <si>
+    <t>WNM6 COMDTY</t>
+  </si>
+  <si>
+    <t>14.96%</t>
   </si>
   <si>
     <t>SPDR Gold MiniShares Trust</t>
   </si>
   <si>
     <t>GLDM</t>
   </si>
   <si>
     <t>98149E303</t>
   </si>
   <si>
-    <t>13.17%</t>
-[...23 lines deleted...]
-    <t>4.93%</t>
+    <t>14.40%</t>
+  </si>
+  <si>
+    <t>SP500 MIC EMIN FUTJun26</t>
+  </si>
+  <si>
+    <t>HWAM6 Index</t>
+  </si>
+  <si>
+    <t>HWAM6 INDEX</t>
+  </si>
+  <si>
+    <t>5.34%</t>
+  </si>
+  <si>
+    <t>MSCI EmgMkt       Jun26</t>
+  </si>
+  <si>
+    <t>MESM6 Index</t>
+  </si>
+  <si>
+    <t>MESM6 INDEX</t>
+  </si>
+  <si>
+    <t>4.97%</t>
   </si>
   <si>
     <t>Vanguard FTSE Emerging Markets ETF</t>
   </si>
   <si>
     <t>VWO</t>
   </si>
   <si>
-    <t>4.53%</t>
-[...11 lines deleted...]
-    <t>3.13%</t>
+    <t>4.28%</t>
+  </si>
+  <si>
+    <t>MSCI EAFE         Jun26</t>
+  </si>
+  <si>
+    <t>MFSM6 Index</t>
+  </si>
+  <si>
+    <t>MFSM6 INDEX</t>
+  </si>
+  <si>
+    <t>3.51%</t>
   </si>
   <si>
     <t>Vanguard Extended Market ETF</t>
   </si>
   <si>
     <t>VXF</t>
   </si>
   <si>
-    <t>2.58%</t>
+    <t>2.44%</t>
   </si>
   <si>
     <t>VANGUARD FTSE DEVELOPED ETF</t>
   </si>
   <si>
     <t>VEA</t>
   </si>
   <si>
-    <t>2.33%</t>
+    <t>2.31%</t>
+  </si>
+  <si>
+    <t>Exxon Mobil Corp</t>
+  </si>
+  <si>
+    <t>XOM</t>
+  </si>
+  <si>
+    <t>30231G102</t>
+  </si>
+  <si>
+    <t>1.69%</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>1.35%</t>
+  </si>
+  <si>
+    <t>Chevron Corp</t>
+  </si>
+  <si>
+    <t>CVX</t>
+  </si>
+  <si>
+    <t>1.29%</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>2.16%</t>
-[...20 lines deleted...]
-    <t>1.31%</t>
+    <t>1.05%</t>
   </si>
   <si>
     <t>BHP Group Ltd</t>
   </si>
   <si>
     <t>BHP</t>
   </si>
   <si>
     <t>088606108</t>
   </si>
   <si>
-    <t>1.28%</t>
+    <t>0.92%</t>
   </si>
   <si>
     <t>Rio Tinto PLC</t>
   </si>
   <si>
     <t>RIO</t>
   </si>
   <si>
-    <t>1.23%</t>
-[...8 lines deleted...]
-    <t>1.11%</t>
+    <t>0.83%</t>
+  </si>
+  <si>
+    <t>Shell PLC</t>
+  </si>
+  <si>
+    <t>SHEL</t>
+  </si>
+  <si>
+    <t>0.79%</t>
   </si>
   <si>
     <t>Southern Copper Corp</t>
   </si>
   <si>
     <t>SCCO</t>
   </si>
   <si>
     <t>84265V105</t>
   </si>
   <si>
-    <t>0.74%</t>
-[...8 lines deleted...]
-    <t>0.69%</t>
+    <t>0.63%</t>
+  </si>
+  <si>
+    <t>TotalEnergies SE</t>
+  </si>
+  <si>
+    <t>TTE</t>
+  </si>
+  <si>
+    <t>F92124100</t>
+  </si>
+  <si>
+    <t>0.59%</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>0.52%</t>
+  </si>
+  <si>
+    <t>Glencore PLC</t>
+  </si>
+  <si>
+    <t>GLEN LN</t>
+  </si>
+  <si>
+    <t>B4T3BW6</t>
+  </si>
+  <si>
+    <t>0.51%</t>
+  </si>
+  <si>
+    <t>ConocoPhillips</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>0.47%</t>
   </si>
   <si>
     <t>Freeport-McMoRan Inc</t>
   </si>
   <si>
     <t>FCX</t>
   </si>
   <si>
     <t>35671D857</t>
   </si>
   <si>
-    <t>0.64%</t>
-[...20 lines deleted...]
-    <t>0.59%</t>
+    <t>0.42%</t>
   </si>
   <si>
     <t>Vale SA</t>
   </si>
   <si>
     <t>VALE</t>
   </si>
   <si>
     <t>91912E105</t>
   </si>
   <si>
-    <t>0.53%</t>
-[...11 lines deleted...]
-    <t>0.51%</t>
+    <t>0.40%</t>
+  </si>
+  <si>
+    <t>BP PLC</t>
+  </si>
+  <si>
+    <t>BP</t>
+  </si>
+  <si>
+    <t>055622104</t>
+  </si>
+  <si>
+    <t>0.39%</t>
+  </si>
+  <si>
+    <t>Nutrien Ltd</t>
+  </si>
+  <si>
+    <t>NTR CN</t>
+  </si>
+  <si>
+    <t>BDRJLN0</t>
+  </si>
+  <si>
+    <t>0.35%</t>
+  </si>
+  <si>
+    <t>Equinor ASA</t>
+  </si>
+  <si>
+    <t>EQNR</t>
+  </si>
+  <si>
+    <t>29446M102</t>
+  </si>
+  <si>
+    <t>0.33%</t>
+  </si>
+  <si>
+    <t>CANADIAN NAT RES LTD</t>
+  </si>
+  <si>
+    <t>CNQ CN</t>
+  </si>
+  <si>
+    <t>0.29%</t>
   </si>
   <si>
     <t>CMOC Group Ltd</t>
   </si>
   <si>
     <t>3993 HK</t>
   </si>
   <si>
     <t>B1VRCG6</t>
   </si>
   <si>
-    <t>0.45%</t>
-[...23 lines deleted...]
-    <t>0.40%</t>
+    <t>0.28%</t>
+  </si>
+  <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>CCO CN</t>
+  </si>
+  <si>
+    <t>0.27%</t>
+  </si>
+  <si>
+    <t>Eni SpA</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>26874R108</t>
+  </si>
+  <si>
+    <t>0.26%</t>
+  </si>
+  <si>
+    <t>EOG Resources Inc</t>
+  </si>
+  <si>
+    <t>EOG</t>
+  </si>
+  <si>
+    <t>26875P101</t>
+  </si>
+  <si>
+    <t>Fortescue Ltd</t>
+  </si>
+  <si>
+    <t>FMG AU</t>
+  </si>
+  <si>
+    <t>0.25%</t>
+  </si>
+  <si>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU CN</t>
+  </si>
+  <si>
+    <t>B3NB1P2</t>
+  </si>
+  <si>
+    <t>Ecolab Inc</t>
+  </si>
+  <si>
+    <t>ECL</t>
+  </si>
+  <si>
+    <t>Vestas Wind Systems A/S</t>
+  </si>
+  <si>
+    <t>VWS DC</t>
+  </si>
+  <si>
+    <t>BN4MYF5</t>
   </si>
   <si>
     <t>Antofagasta PLC</t>
   </si>
   <si>
     <t>ANTO LN</t>
   </si>
   <si>
     <t>0045614</t>
   </si>
   <si>
-    <t>0.39%</t>
-[...59 lines deleted...]
-    <t>0.26%</t>
+    <t>0.23%</t>
+  </si>
+  <si>
+    <t>CF Industries Holdings Inc</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>0.22%</t>
+  </si>
+  <si>
+    <t>Sociedad Quimica y Minera de Chile SA</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>0.21%</t>
+  </si>
+  <si>
+    <t>Occidental Petroleum Corp</t>
+  </si>
+  <si>
+    <t>OXY</t>
   </si>
   <si>
     <t>First Solar Inc</t>
   </si>
   <si>
     <t>FSLR</t>
   </si>
   <si>
-    <t>0.25%</t>
+    <t>Imperial Oil Ltd</t>
+  </si>
+  <si>
+    <t>IMO CN</t>
+  </si>
+  <si>
+    <t>0.19%</t>
   </si>
   <si>
     <t>Kubota Corp</t>
   </si>
   <si>
     <t>6326 JP</t>
   </si>
   <si>
-    <t>0.24%</t>
-[...50 lines deleted...]
-    <t>26875P101</t>
+    <t>Diamondback Energy Inc</t>
+  </si>
+  <si>
+    <t>FANG</t>
+  </si>
+  <si>
+    <t>25278X109</t>
+  </si>
+  <si>
+    <t>0.16%</t>
+  </si>
+  <si>
+    <t>Cenovus Energy Inc</t>
+  </si>
+  <si>
+    <t>CVE CN</t>
+  </si>
+  <si>
+    <t>B57FG04</t>
+  </si>
+  <si>
+    <t>Nextpower Inc</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>65290E101</t>
+  </si>
+  <si>
+    <t>0.15%</t>
+  </si>
+  <si>
+    <t>Yara International ASA</t>
+  </si>
+  <si>
+    <t>YAR NO</t>
+  </si>
+  <si>
+    <t>CNH Industrial NV</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>N20944109</t>
+  </si>
+  <si>
+    <t>0.14%</t>
   </si>
   <si>
     <t>Teck Resources Ltd</t>
   </si>
   <si>
     <t>TECK/B CN</t>
   </si>
   <si>
-    <t>0.20%</t>
-[...23 lines deleted...]
-    <t>IMO CN</t>
+    <t>Woodside Energy Group Ltd</t>
+  </si>
+  <si>
+    <t>WDS AU</t>
+  </si>
+  <si>
+    <t>BMGT167</t>
+  </si>
+  <si>
+    <t>0.13%</t>
+  </si>
+  <si>
+    <t>NAC Kazatomprom JSC</t>
+  </si>
+  <si>
+    <t>KAP LI</t>
+  </si>
+  <si>
+    <t>BGXQL36</t>
+  </si>
+  <si>
+    <t>EQT Corp</t>
+  </si>
+  <si>
+    <t>EQT</t>
+  </si>
+  <si>
+    <t>26884L109</t>
+  </si>
+  <si>
+    <t>0.12%</t>
+  </si>
+  <si>
+    <t>Inpex Corp</t>
+  </si>
+  <si>
+    <t>1605 JP</t>
+  </si>
+  <si>
+    <t>B10RB15</t>
   </si>
   <si>
     <t>Jiangxi Copper Co Ltd</t>
   </si>
   <si>
     <t>358 HK</t>
   </si>
   <si>
-    <t>0.18%</t>
+    <t>Goldwind Science &amp; Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2208 HK</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>0.11%</t>
+  </si>
+  <si>
+    <t>Lundin Mining Corp</t>
+  </si>
+  <si>
+    <t>LUN CN</t>
   </si>
   <si>
     <t>First Quantum Minerals Ltd</t>
   </si>
   <si>
     <t>FM CN</t>
   </si>
   <si>
-    <t>Nextpower Inc</t>
-[...32 lines deleted...]
-    <t>YAR NO</t>
+    <t>0.10%</t>
+  </si>
+  <si>
+    <t>Devon Energy Corp</t>
+  </si>
+  <si>
+    <t>DVN</t>
+  </si>
+  <si>
+    <t>25179M103</t>
+  </si>
+  <si>
+    <t>Ecopetrol SA</t>
+  </si>
+  <si>
+    <t>EC</t>
+  </si>
+  <si>
+    <t>Toro Co/The</t>
+  </si>
+  <si>
+    <t>TTC</t>
+  </si>
+  <si>
+    <t>Repsol SA</t>
+  </si>
+  <si>
+    <t>REP SM</t>
+  </si>
+  <si>
+    <t>0.09%</t>
+  </si>
+  <si>
+    <t>Sumitomo Metal Mining Co Ltd</t>
+  </si>
+  <si>
+    <t>5713 JP</t>
+  </si>
+  <si>
+    <t>Xylem Inc/NY</t>
+  </si>
+  <si>
+    <t>XYL</t>
+  </si>
+  <si>
+    <t>98419M100</t>
+  </si>
+  <si>
+    <t>Veolia Environnement SA</t>
+  </si>
+  <si>
+    <t>VIE FP</t>
+  </si>
+  <si>
+    <t>American Water Works Co Inc</t>
+  </si>
+  <si>
+    <t>AWK</t>
+  </si>
+  <si>
+    <t>030420103</t>
+  </si>
+  <si>
+    <t>Coterra Energy Inc</t>
+  </si>
+  <si>
+    <t>CTRA</t>
+  </si>
+  <si>
+    <t>Mosaic Co/The</t>
+  </si>
+  <si>
+    <t>MOS</t>
+  </si>
+  <si>
+    <t>61945C103</t>
+  </si>
+  <si>
+    <t>AGCO Corp</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>0.08%</t>
+  </si>
+  <si>
+    <t>Nordex SE</t>
+  </si>
+  <si>
+    <t>NDX1 GR</t>
+  </si>
+  <si>
+    <t>B06CF71</t>
+  </si>
+  <si>
+    <t>Salmar ASA</t>
+  </si>
+  <si>
+    <t>SALM NO</t>
+  </si>
+  <si>
+    <t>B1W5NW2</t>
+  </si>
+  <si>
+    <t>Expand Energy Corp</t>
+  </si>
+  <si>
+    <t>EXE</t>
   </si>
   <si>
     <t>Boliden AB</t>
   </si>
   <si>
     <t>BOL SS</t>
   </si>
   <si>
     <t>BPYTZ57</t>
   </si>
   <si>
-    <t>0.15%</t>
-[...44 lines deleted...]
-    <t>0.13%</t>
+    <t>South32 Ltd</t>
+  </si>
+  <si>
+    <t>S32 AU</t>
+  </si>
+  <si>
+    <t>BWSW5D9</t>
+  </si>
+  <si>
+    <t>Lynas Rare Earths Ltd</t>
+  </si>
+  <si>
+    <t>LYSDY</t>
+  </si>
+  <si>
+    <t>Geberit AG</t>
+  </si>
+  <si>
+    <t>GEBN SW</t>
+  </si>
+  <si>
+    <t>B1WGG93</t>
+  </si>
+  <si>
+    <t>AKER BP ASA</t>
+  </si>
+  <si>
+    <t>AKRBP NO</t>
+  </si>
+  <si>
+    <t>B1L95G3</t>
+  </si>
+  <si>
+    <t>OMV AG</t>
+  </si>
+  <si>
+    <t>OMV AV</t>
+  </si>
+  <si>
+    <t>0.07%</t>
+  </si>
+  <si>
+    <t>MMG Ltd</t>
+  </si>
+  <si>
+    <t>1208 HK</t>
   </si>
   <si>
     <t>Ivanhoe Mines Ltd</t>
   </si>
   <si>
     <t>IVN CN</t>
   </si>
   <si>
     <t>BD73C40</t>
   </si>
   <si>
-    <t>0.12%</t>
-[...149 lines deleted...]
-    <t>0.08%</t>
+    <t>CIA SANEAMENTO BASICO SPONSORED ADR</t>
+  </si>
+  <si>
+    <t>SBS</t>
+  </si>
+  <si>
+    <t>20441A102</t>
+  </si>
+  <si>
+    <t>0.06%</t>
+  </si>
+  <si>
+    <t>Halma PLC</t>
+  </si>
+  <si>
+    <t>HLMA LN</t>
+  </si>
+  <si>
+    <t>0405207</t>
+  </si>
+  <si>
+    <t>Tourmaline Oil Corp</t>
+  </si>
+  <si>
+    <t>TOU CN</t>
+  </si>
+  <si>
+    <t>B3QJ0H8</t>
+  </si>
+  <si>
+    <t>YPF SA</t>
+  </si>
+  <si>
+    <t>YPF</t>
+  </si>
+  <si>
+    <t>PLS Group Ltd</t>
+  </si>
+  <si>
+    <t>PLS AU</t>
+  </si>
+  <si>
+    <t>B2368L5</t>
+  </si>
+  <si>
+    <t>Galp Energia SGPS SA</t>
+  </si>
+  <si>
+    <t>GALP PL</t>
+  </si>
+  <si>
+    <t>B1FW751</t>
+  </si>
+  <si>
+    <t>Santos Ltd</t>
+  </si>
+  <si>
+    <t>SSLZY</t>
+  </si>
+  <si>
+    <t>0.05%</t>
+  </si>
+  <si>
+    <t>Permian Resources Corp</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>71424F105</t>
+  </si>
+  <si>
+    <t>Pentair PLC</t>
+  </si>
+  <si>
+    <t>PNR</t>
+  </si>
+  <si>
+    <t>G7S00T104</t>
+  </si>
+  <si>
+    <t>Aurubis AG</t>
+  </si>
+  <si>
+    <t>NDA GR</t>
   </si>
   <si>
     <t>MP Materials Corp</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
-    <t>Lynas Rare Earths Ltd</t>
-[...44 lines deleted...]
-    <t>0.06%</t>
+    <t>IDEX Corp</t>
+  </si>
+  <si>
+    <t>IEX</t>
+  </si>
+  <si>
+    <t>45167R104</t>
+  </si>
+  <si>
+    <t>0.04%</t>
+  </si>
+  <si>
+    <t>Hudbay Minerals Inc</t>
+  </si>
+  <si>
+    <t>HBM CN</t>
+  </si>
+  <si>
+    <t>B05BDX1</t>
+  </si>
+  <si>
+    <t>NexGen Energy Ltd</t>
+  </si>
+  <si>
+    <t>NXE CN</t>
+  </si>
+  <si>
+    <t>B987K72</t>
+  </si>
+  <si>
+    <t>Enphase Energy Inc</t>
+  </si>
+  <si>
+    <t>ENPH</t>
+  </si>
+  <si>
+    <t>29355A107</t>
+  </si>
+  <si>
+    <t>Mineral Resources Ltd</t>
+  </si>
+  <si>
+    <t>MIN AU</t>
+  </si>
+  <si>
+    <t>B17ZL56</t>
+  </si>
+  <si>
+    <t>Severn Trent PLC</t>
+  </si>
+  <si>
+    <t>SVT LN</t>
+  </si>
+  <si>
+    <t>B1FH8J7</t>
+  </si>
+  <si>
+    <t>UNITED UTILITIES GROUP PLC</t>
+  </si>
+  <si>
+    <t>UU/ LN</t>
+  </si>
+  <si>
+    <t>B39J2M4</t>
+  </si>
+  <si>
+    <t>Flat Glass Group Co Ltd</t>
+  </si>
+  <si>
+    <t>6865 HK</t>
+  </si>
+  <si>
+    <t>BYQ9774</t>
+  </si>
+  <si>
+    <t>Uranium Energy Corp</t>
+  </si>
+  <si>
+    <t>UEC</t>
+  </si>
+  <si>
+    <t>Essential Utilities Inc</t>
+  </si>
+  <si>
+    <t>WTRG</t>
+  </si>
+  <si>
+    <t>29670G102</t>
   </si>
   <si>
     <t>China Nonferrous Mining Corp Ltd</t>
   </si>
   <si>
     <t>1258 HK</t>
   </si>
   <si>
     <t>B890GY2</t>
   </si>
   <si>
-    <t>Halma PLC</t>
-[...23 lines deleted...]
-    <t>G7S00T104</t>
+    <t>Scotts Miracle-Gro Co/The</t>
+  </si>
+  <si>
+    <t>SMG</t>
+  </si>
+  <si>
+    <t>Dekon Food And Agriculture Group</t>
+  </si>
+  <si>
+    <t>2419 HK</t>
+  </si>
+  <si>
+    <t>BQ74V36</t>
+  </si>
+  <si>
+    <t>K+S AG</t>
+  </si>
+  <si>
+    <t>SDF GR</t>
+  </si>
+  <si>
+    <t>B54C017</t>
+  </si>
+  <si>
+    <t>0.03%</t>
+  </si>
+  <si>
+    <t>Advanced Drainage Systems Inc</t>
+  </si>
+  <si>
+    <t>WMS</t>
+  </si>
+  <si>
+    <t>00790R104</t>
+  </si>
+  <si>
+    <t>Xinyi Solar Holdings Ltd</t>
+  </si>
+  <si>
+    <t>968 HK</t>
+  </si>
+  <si>
+    <t>BGQYNN1</t>
+  </si>
+  <si>
+    <t>Capstone Copper Corp</t>
+  </si>
+  <si>
+    <t>CS CN</t>
+  </si>
+  <si>
+    <t>BMY5XY9</t>
+  </si>
+  <si>
+    <t>Leroy Seafood Group ASA</t>
+  </si>
+  <si>
+    <t>LSG NO</t>
+  </si>
+  <si>
+    <t>Bumitama Agri Ltd</t>
+  </si>
+  <si>
+    <t>BAL SP</t>
+  </si>
+  <si>
+    <t>B7WJ188</t>
+  </si>
+  <si>
+    <t>Suedzucker AG</t>
+  </si>
+  <si>
+    <t>SZU GR</t>
+  </si>
+  <si>
+    <t>Solv Energy Inc</t>
+  </si>
+  <si>
+    <t>MWH</t>
+  </si>
+  <si>
+    <t>78475V103</t>
+  </si>
+  <si>
+    <t>Bakkafrost P/F</t>
+  </si>
+  <si>
+    <t>BAKKA NO</t>
+  </si>
+  <si>
+    <t>B6632T7</t>
+  </si>
+  <si>
+    <t>KWS Saat SE &amp; Co KGaA</t>
+  </si>
+  <si>
+    <t>KWS GR</t>
+  </si>
+  <si>
+    <t>Schouw &amp; Co A/S</t>
+  </si>
+  <si>
+    <t>SCHO DC</t>
+  </si>
+  <si>
+    <t>Guoxia Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2655 HK</t>
+  </si>
+  <si>
+    <t>BV7FGJ5</t>
+  </si>
+  <si>
+    <t>Plug Power Inc</t>
+  </si>
+  <si>
+    <t>PLUG</t>
+  </si>
+  <si>
+    <t>72919P202</t>
+  </si>
+  <si>
+    <t>Hainan Drinda New Energy Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2865 HK</t>
+  </si>
+  <si>
+    <t>BV8DRB7</t>
+  </si>
+  <si>
+    <t>0.02%</t>
+  </si>
+  <si>
+    <t>Tetra Tech Inc</t>
+  </si>
+  <si>
+    <t>TTEK</t>
+  </si>
+  <si>
+    <t>88162G103</t>
+  </si>
+  <si>
+    <t>Zurn Elkay Water Solutions Corp</t>
+  </si>
+  <si>
+    <t>ZWS</t>
+  </si>
+  <si>
+    <t>98983L108</t>
+  </si>
+  <si>
+    <t>Sunrun Inc</t>
+  </si>
+  <si>
+    <t>RUN</t>
+  </si>
+  <si>
+    <t>86771W105</t>
+  </si>
+  <si>
+    <t>Tate &amp; Lyle PLC</t>
+  </si>
+  <si>
+    <t>TATE LN</t>
+  </si>
+  <si>
+    <t>BP92CJ4</t>
+  </si>
+  <si>
+    <t>China Youran Dairy Group Ltd</t>
+  </si>
+  <si>
+    <t>9858 HK</t>
+  </si>
+  <si>
+    <t>BM91MJ0</t>
+  </si>
+  <si>
+    <t>Husqvarna AB</t>
+  </si>
+  <si>
+    <t>HUSQB SS</t>
+  </si>
+  <si>
+    <t>B12PJ24</t>
+  </si>
+  <si>
+    <t>Austevoll Seafood ASA</t>
+  </si>
+  <si>
+    <t>AUSS NO</t>
+  </si>
+  <si>
+    <t>B16MKT5</t>
+  </si>
+  <si>
+    <t>FUJI OIL CO LTD /Osaka</t>
+  </si>
+  <si>
+    <t>2607 JP</t>
+  </si>
+  <si>
+    <t>Fresh Del Monte Produce Inc</t>
+  </si>
+  <si>
+    <t>FDP</t>
+  </si>
+  <si>
+    <t>G36738105</t>
+  </si>
+  <si>
+    <t>Fluence Energy Inc</t>
+  </si>
+  <si>
+    <t>FLNC</t>
+  </si>
+  <si>
+    <t>34379V103</t>
+  </si>
+  <si>
+    <t>Alamo Group Inc</t>
+  </si>
+  <si>
+    <t>ALG</t>
+  </si>
+  <si>
+    <t>011311107</t>
+  </si>
+  <si>
+    <t>China XLX Fertiliser Ltd</t>
+  </si>
+  <si>
+    <t>1866 HK</t>
+  </si>
+  <si>
+    <t>B4WMJZ9</t>
+  </si>
+  <si>
+    <t>Eos Energy Enterprises Inc</t>
+  </si>
+  <si>
+    <t>EOSE</t>
+  </si>
+  <si>
+    <t>29415C101</t>
+  </si>
+  <si>
+    <t>First Tractor Co Ltd</t>
+  </si>
+  <si>
+    <t>38 HK</t>
+  </si>
+  <si>
+    <t>0.01%</t>
+  </si>
+  <si>
+    <t>AUSTRALIAN DOLLAR</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>CASHAUD</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
+    <t>JAPANESE YEN</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>CASHJPY</t>
+  </si>
+  <si>
+    <t>LUKOIL PJSC</t>
+  </si>
+  <si>
+    <t>LKOD LI</t>
+  </si>
+  <si>
+    <t>BYZDW27</t>
+  </si>
+  <si>
+    <t>GMK Norilskiy Nickel PAO</t>
+  </si>
+  <si>
+    <t>MNOD LI</t>
+  </si>
+  <si>
+    <t>BYSW6D0</t>
+  </si>
+  <si>
+    <t>Novatek PJSC</t>
+  </si>
+  <si>
+    <t>NVTK LI</t>
+  </si>
+  <si>
+    <t>B0DK750</t>
+  </si>
+  <si>
+    <t>Gazprom PJSC</t>
+  </si>
+  <si>
+    <t>OGZD LI</t>
+  </si>
+  <si>
+    <t>PHOSAGRO OJSC GDR EACH REPR 1/3 ORD REG</t>
+  </si>
+  <si>
+    <t>PHOR LI</t>
+  </si>
+  <si>
+    <t>B62QPJ1</t>
+  </si>
+  <si>
     <t>Rosneft Oil Co PJSC</t>
   </si>
   <si>
     <t>ROSN LI</t>
   </si>
   <si>
     <t>B17FSC2</t>
   </si>
   <si>
-    <t>PHOSAGRO OJSC GDR EACH REPR 1/3 ORD REG</t>
-[...38 lines deleted...]
-    <t>BYZDW27</t>
+    <t>-0.02%</t>
+  </si>
+  <si>
+    <t>SINGAPORE DOLLAR</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>CASHSGD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1266,60 +1677,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W93"/>
+  <dimension ref="A1:W142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20.281" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
@@ -1343,1834 +1754,2814 @@
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>138.0</v>
+        <v>156.0</v>
       </c>
       <c r="F4">
-        <v>15481875.0</v>
+        <v>17286750.0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>129.0</v>
+        <v>146.0</v>
       </c>
       <c r="F5">
-        <v>15209906.25</v>
+        <v>16986187.5</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6">
-        <v>108652.0</v>
+        <v>109976.0</v>
       </c>
       <c r="F6">
-        <v>10928218.16</v>
+        <v>9823056.32</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7">
-        <v>261.0</v>
+        <v>296.0</v>
       </c>
       <c r="F7">
-        <v>9113141.25</v>
+        <v>9454610.0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
-        <v>51.0</v>
+        <v>50.0</v>
       </c>
       <c r="F8">
-        <v>3966015.0</v>
+        <v>3505250.0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>922042858</v>
       </c>
       <c r="E9">
-        <v>59114.0</v>
+        <v>62264.0</v>
       </c>
       <c r="F9">
-        <v>3413833.5</v>
+        <v>3263878.88</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>20.0</v>
       </c>
       <c r="F10">
-        <v>3134100.0</v>
+        <v>2810000.0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>922908652</v>
       </c>
       <c r="E11">
-        <v>9873.0</v>
+        <v>11580.0</v>
       </c>
       <c r="F11">
-        <v>2167814.61</v>
+        <v>2303841.0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>921943858</v>
       </c>
       <c r="E12">
-        <v>26099.0</v>
+        <v>25800.0</v>
       </c>
       <c r="F12">
-        <v>1784388.63</v>
+        <v>1600374.0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E13">
-        <v>1612891.1</v>
+        <v>8830.0</v>
       </c>
       <c r="F13">
-        <v>1612891.1</v>
+        <v>1514080.1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>46</v>
       </c>
+      <c r="D14">
+        <v>244199105</v>
+      </c>
       <c r="E14">
-        <v>9906.0</v>
+        <v>2001.0</v>
       </c>
       <c r="F14">
-        <v>1497886.26</v>
+        <v>1108313.88</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>49</v>
       </c>
       <c r="D15">
-        <v>244199105</v>
+        <v>166764100</v>
       </c>
       <c r="E15">
-        <v>2510.0</v>
+        <v>4219.0</v>
       </c>
       <c r="F15">
-        <v>1470031.7</v>
+        <v>888985.49</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E16">
-        <v>12672.0</v>
+        <v>849086.29</v>
       </c>
       <c r="F16">
-        <v>908202.24</v>
+        <v>849086.29</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" t="s">
         <v>54</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>55</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>56</v>
       </c>
-      <c r="D17">
-[...1 lines deleted...]
-      </c>
       <c r="E17">
-        <v>9109.0</v>
+        <v>9997.0</v>
       </c>
       <c r="F17">
-        <v>882206.65</v>
+        <v>689992.94</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
       <c r="C18" t="s">
         <v>59</v>
       </c>
       <c r="D18">
-        <v>166764100</v>
+        <v>767204100</v>
       </c>
       <c r="E18">
-        <v>4663.0</v>
+        <v>6801.0</v>
       </c>
       <c r="F18">
-        <v>851463.8</v>
+        <v>604064.82</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>60</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
       <c r="C19" t="s">
         <v>62</v>
       </c>
-      <c r="D19" t="s">
-        <v>63</v>
+      <c r="D19">
+        <v>780259305</v>
       </c>
       <c r="E19">
-        <v>3738.0</v>
+        <v>5847.0</v>
       </c>
       <c r="F19">
-        <v>768282.24</v>
+        <v>542250.78</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
+        <v>63</v>
+      </c>
+      <c r="B20" t="s">
         <v>64</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>65</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>66</v>
       </c>
-      <c r="D20">
-[...1 lines deleted...]
-      </c>
       <c r="E20">
-        <v>6616.0</v>
+        <v>3244.5095</v>
       </c>
       <c r="F20">
-        <v>514724.8</v>
+        <v>516785.47</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="E21">
-        <v>7533.0</v>
+        <v>4556.0</v>
       </c>
       <c r="F21">
-        <v>479174.13</v>
+        <v>412630.54</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>71</v>
       </c>
       <c r="B22" t="s">
         <v>72</v>
       </c>
       <c r="C22" t="s">
         <v>73</v>
       </c>
       <c r="D22" t="s">
         <v>74</v>
       </c>
       <c r="E22">
-        <v>6043.0</v>
+        <v>4668.0</v>
       </c>
       <c r="F22">
-        <v>444885.66</v>
+        <v>387210.6</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B23" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E23">
-        <v>64708.0</v>
+        <v>46970.0</v>
       </c>
       <c r="F23">
-        <v>443560.76</v>
+        <v>343134.06</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E24">
-        <v>24130.0</v>
+        <v>2544.0</v>
       </c>
       <c r="F24">
-        <v>405142.7</v>
+        <v>338072.16</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B25" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C25" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E25">
-        <v>4942.0</v>
+        <v>5627.0</v>
       </c>
       <c r="F25">
-        <v>369216.82</v>
+        <v>307515.55</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B26" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C26" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D26" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E26">
-        <v>125538.0</v>
+        <v>18251.0</v>
       </c>
       <c r="F26">
-        <v>353431.32</v>
+        <v>275590.1</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E27">
-        <v>2859.0</v>
+        <v>5531.0</v>
       </c>
       <c r="F27">
-        <v>310773.3</v>
+        <v>261892.85</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B28" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C28" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D28" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E28">
-        <v>4263.0</v>
+        <v>3337.0</v>
       </c>
       <c r="F28">
-        <v>298512.08</v>
+        <v>253954.79</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B29" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E29">
-        <v>5270.0</v>
+        <v>5358.0</v>
       </c>
       <c r="F29">
-        <v>275243.63</v>
+        <v>227179.2</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B30" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C30" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D30">
-        <v>2166160</v>
+        <v>2171573</v>
       </c>
       <c r="E30">
-        <v>2251.0</v>
+        <v>4318.0</v>
       </c>
       <c r="F30">
-        <v>271314.12</v>
+        <v>213503.78</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B31" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>6086253</v>
+        <v>108</v>
+      </c>
+      <c r="D31" t="s">
+        <v>109</v>
       </c>
       <c r="E31">
-        <v>16766.0</v>
+        <v>90486.0</v>
       </c>
       <c r="F31">
-        <v>258882.05</v>
+        <v>188103.54</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B32" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C32" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>112</v>
+      </c>
+      <c r="D32">
+        <v>2166160</v>
       </c>
       <c r="E32">
-        <v>5978.0</v>
+        <v>1789.0</v>
       </c>
       <c r="F32">
-        <v>234457.16</v>
+        <v>183969.94</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B33" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C33" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D33" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E33">
-        <v>8791.0</v>
+        <v>3196.0</v>
       </c>
       <c r="F33">
-        <v>230729.76</v>
+        <v>178240.92</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B34" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C34" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>278865100</v>
+        <v>119</v>
+      </c>
+      <c r="D34" t="s">
+        <v>120</v>
       </c>
       <c r="E34">
-        <v>692.0</v>
+        <v>1142.0</v>
       </c>
       <c r="F34">
-        <v>199406.72</v>
+        <v>171174.38</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B35" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C35" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D35">
-        <v>2171573</v>
+        <v>6086253</v>
       </c>
       <c r="E35">
-        <v>4914.0</v>
+        <v>12004.0</v>
       </c>
       <c r="F35">
-        <v>192323.95</v>
+        <v>169113.31</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>336433107</v>
+        <v>125</v>
+      </c>
+      <c r="D36" t="s">
+        <v>126</v>
       </c>
       <c r="E36">
-        <v>797.0</v>
+        <v>2528.0</v>
       </c>
       <c r="F36">
-        <v>177037.61</v>
+        <v>166965.5</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B37" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C37" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D37">
-        <v>6497509</v>
+        <v>278865100</v>
       </c>
       <c r="E37">
-        <v>10017.0</v>
+        <v>626.0</v>
       </c>
       <c r="F37">
-        <v>173398.34</v>
+        <v>164318.74</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B38" t="s">
         <v>129</v>
       </c>
       <c r="C38" t="s">
         <v>130</v>
       </c>
       <c r="D38" t="s">
         <v>131</v>
       </c>
       <c r="E38">
-        <v>6019.0</v>
+        <v>5777.0</v>
       </c>
       <c r="F38">
-        <v>166485.54</v>
+        <v>162352.22</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
+        <v>123</v>
+      </c>
+      <c r="B39" t="s">
         <v>132</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>133</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>134</v>
       </c>
-      <c r="D39">
-[...1 lines deleted...]
-      </c>
       <c r="E39">
-        <v>2273.0</v>
+        <v>3872.0</v>
       </c>
       <c r="F39">
-        <v>161723.95</v>
+        <v>161542.01</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
         <v>135</v>
       </c>
       <c r="B40" t="s">
         <v>136</v>
       </c>
       <c r="C40" t="s">
         <v>137</v>
       </c>
-      <c r="D40" t="s">
-        <v>138</v>
+      <c r="D40">
+        <v>125269100</v>
       </c>
       <c r="E40">
-        <v>3647.0</v>
+        <v>1086.0</v>
       </c>
       <c r="F40">
-        <v>155544.55</v>
+        <v>149433.6</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
         <v>139</v>
       </c>
       <c r="C41" t="s">
         <v>140</v>
       </c>
-      <c r="D41" t="s">
-        <v>141</v>
+      <c r="D41">
+        <v>833635105</v>
       </c>
       <c r="E41">
-        <v>2791.0</v>
+        <v>1807.0</v>
       </c>
       <c r="F41">
-        <v>152417.7</v>
+        <v>146222.44</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
+        <v>141</v>
+      </c>
+      <c r="B42" t="s">
         <v>142</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>143</v>
       </c>
-      <c r="C42" t="s">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="D42">
+        <v>674599105</v>
       </c>
       <c r="E42">
-        <v>1248.0</v>
+        <v>2094.0</v>
       </c>
       <c r="F42">
-        <v>142109.76</v>
+        <v>138706.56</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B43" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C43" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D43">
-        <v>2879327</v>
+        <v>336433107</v>
       </c>
       <c r="E43">
-        <v>2452.0</v>
+        <v>747.0</v>
       </c>
       <c r="F43">
-        <v>141853.78</v>
+        <v>137970.9</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="B44" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C44" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>147</v>
+      </c>
+      <c r="D44">
+        <v>2454241</v>
       </c>
       <c r="E44">
-        <v>11414.0</v>
+        <v>1039.0</v>
       </c>
       <c r="F44">
-        <v>141191.18</v>
+        <v>134818.84</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B45" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C45" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D45">
-        <v>125269100</v>
+        <v>6497509</v>
       </c>
       <c r="E45">
-        <v>1418.0</v>
+        <v>8058.0</v>
       </c>
       <c r="F45">
-        <v>134624.92</v>
+        <v>124353.88</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
+        <v>148</v>
+      </c>
+      <c r="B46" t="s">
+        <v>151</v>
+      </c>
+      <c r="C46" t="s">
         <v>152</v>
       </c>
-      <c r="B46" t="s">
-[...6 lines deleted...]
-        <v>2454241</v>
+      <c r="D46" t="s">
+        <v>153</v>
       </c>
       <c r="E46">
-        <v>1141.0</v>
+        <v>625.0</v>
       </c>
       <c r="F46">
-        <v>130085.35</v>
+        <v>124156.25</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B47" t="s">
+        <v>155</v>
+      </c>
+      <c r="C47" t="s">
+        <v>156</v>
+      </c>
+      <c r="D47" t="s">
         <v>157</v>
       </c>
-      <c r="C47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47">
-        <v>23303.0</v>
+        <v>4049.0</v>
       </c>
       <c r="F47">
-        <v>129422.18</v>
+        <v>107707.68</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
+        <v>154</v>
+      </c>
+      <c r="B48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C48" t="s">
         <v>159</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>160</v>
       </c>
-      <c r="C48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48">
-        <v>4331.0</v>
+        <v>936.0</v>
       </c>
       <c r="F48">
-        <v>123587.87</v>
+        <v>105309.36</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B49" t="s">
         <v>162</v>
       </c>
       <c r="C49" t="s">
         <v>163</v>
       </c>
-      <c r="D49" t="s">
-        <v>164</v>
+      <c r="D49">
+        <v>7751259</v>
       </c>
       <c r="E49">
-        <v>1004.0</v>
+        <v>1771.0</v>
       </c>
       <c r="F49">
-        <v>122357.48</v>
+        <v>101437.64</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
+        <v>161</v>
+      </c>
+      <c r="B50" t="s">
+        <v>164</v>
+      </c>
+      <c r="C50" t="s">
         <v>165</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>166</v>
       </c>
-      <c r="C50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50">
-        <v>1419.0</v>
+        <v>9284.0</v>
       </c>
       <c r="F50">
-        <v>119337.9</v>
+        <v>96553.6</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B51" t="s">
+        <v>168</v>
+      </c>
+      <c r="C51" t="s">
         <v>169</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51">
-        <v>2866857</v>
+        <v>2879327</v>
       </c>
       <c r="E51">
-        <v>4523.0</v>
+        <v>1933.0</v>
       </c>
       <c r="F51">
-        <v>115370.24</v>
+        <v>93438.86</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
+        <v>167</v>
+      </c>
+      <c r="B52" t="s">
+        <v>170</v>
+      </c>
+      <c r="C52" t="s">
         <v>171</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
         <v>172</v>
       </c>
-      <c r="C52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52">
-        <v>2312.0</v>
+        <v>3834.0</v>
       </c>
       <c r="F52">
-        <v>111421.4</v>
+        <v>92572.38</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B53" t="s">
         <v>174</v>
       </c>
       <c r="C53" t="s">
         <v>175</v>
       </c>
       <c r="D53" t="s">
         <v>176</v>
       </c>
       <c r="E53">
-        <v>1488.0</v>
+        <v>1084.0</v>
       </c>
       <c r="F53">
-        <v>107929.44</v>
+        <v>85961.2</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
+        <v>173</v>
+      </c>
+      <c r="B54" t="s">
         <v>177</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>178</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>179</v>
       </c>
-      <c r="D54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54">
-        <v>646.0</v>
+        <v>1289.0</v>
       </c>
       <c r="F54">
-        <v>107210.16</v>
+        <v>83063.16</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B55" t="s">
         <v>181</v>
       </c>
       <c r="C55" t="s">
         <v>182</v>
       </c>
-      <c r="D55">
-        <v>674599105</v>
+      <c r="D55" t="s">
+        <v>183</v>
       </c>
       <c r="E55">
-        <v>2258.0</v>
+        <v>2661.0</v>
       </c>
       <c r="F55">
-        <v>105358.28</v>
+        <v>81597.22</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B56" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C56" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D56">
-        <v>6858849</v>
+        <v>6000305</v>
       </c>
       <c r="E56">
-        <v>1681.0</v>
+        <v>17542.0</v>
       </c>
       <c r="F56">
-        <v>102007.56</v>
+        <v>79559.31</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B57" t="s">
         <v>186</v>
       </c>
       <c r="C57" t="s">
         <v>187</v>
       </c>
       <c r="D57" t="s">
         <v>188</v>
       </c>
       <c r="E57">
-        <v>691.0</v>
+        <v>40478.0</v>
       </c>
       <c r="F57">
-        <v>96871.29</v>
+        <v>77069.47</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B58" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C58" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>191</v>
       </c>
+      <c r="D58">
+        <v>2866857</v>
+      </c>
       <c r="E58">
-        <v>4507.0</v>
+        <v>3354.0</v>
       </c>
       <c r="F58">
-        <v>94639.53</v>
+        <v>75486.38</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
+        <v>189</v>
+      </c>
+      <c r="B59" t="s">
         <v>192</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>193</v>
       </c>
-      <c r="C59" t="s">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="D59">
+        <v>2347608</v>
       </c>
       <c r="E59">
-        <v>6785.0</v>
+        <v>3193.0</v>
       </c>
       <c r="F59">
-        <v>90083.4</v>
+        <v>71220.61</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
+        <v>194</v>
+      </c>
+      <c r="B60" t="s">
+        <v>195</v>
+      </c>
+      <c r="C60" t="s">
         <v>196</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>197</v>
       </c>
-      <c r="C60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60">
-        <v>66698.0</v>
+        <v>1332.0</v>
       </c>
       <c r="F60">
-        <v>86036.05</v>
+        <v>68624.64</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B61" t="s">
+        <v>198</v>
+      </c>
+      <c r="C61" t="s">
         <v>199</v>
       </c>
-      <c r="C61" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="D61">
+        <v>279158109</v>
       </c>
       <c r="E61">
-        <v>2869.0</v>
+        <v>4554.0</v>
       </c>
       <c r="F61">
-        <v>84807.64</v>
+        <v>68218.92</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B62" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C62" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>201</v>
+      </c>
+      <c r="D62">
+        <v>891092108</v>
       </c>
       <c r="E62">
-        <v>4479.0</v>
+        <v>705.0</v>
       </c>
       <c r="F62">
-        <v>82051.81</v>
+        <v>64444.05</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B63" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C63" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D63">
-        <v>4031879</v>
+        <v>5669354</v>
       </c>
       <c r="E63">
-        <v>2136.0</v>
+        <v>2259.0</v>
       </c>
       <c r="F63">
-        <v>81526.52</v>
+        <v>62757.19</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="B64" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C64" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D64">
-        <v>891092108</v>
+        <v>6858849</v>
       </c>
       <c r="E64">
-        <v>820.0</v>
+        <v>1063.0</v>
       </c>
       <c r="F64">
-        <v>80606.0</v>
+        <v>61633.81</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="B65" t="s">
+        <v>207</v>
+      </c>
+      <c r="C65" t="s">
+        <v>208</v>
+      </c>
+      <c r="D65" t="s">
         <v>209</v>
       </c>
-      <c r="C65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65">
-        <v>24890.0</v>
+        <v>524.0</v>
       </c>
       <c r="F65">
-        <v>80288.05</v>
+        <v>60878.32</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B66" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C66" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>211</v>
+      </c>
+      <c r="D66">
+        <v>4031879</v>
       </c>
       <c r="E66">
-        <v>1975.0</v>
+        <v>1615.0</v>
       </c>
       <c r="F66">
-        <v>79381.14</v>
+        <v>60105.6</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
+        <v>204</v>
+      </c>
+      <c r="B67" t="s">
         <v>212</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D67" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="E67">
-        <v>96.0</v>
+        <v>428.0</v>
       </c>
       <c r="F67">
-        <v>78203.2</v>
+        <v>59414.96</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B68" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C68" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>216</v>
+      </c>
+      <c r="D68">
+        <v>127097103</v>
       </c>
       <c r="E68">
-        <v>43014.0</v>
+        <v>1634.0</v>
       </c>
       <c r="F68">
-        <v>77283.02</v>
+        <v>58676.94</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B69" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C69" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="D69" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="E69">
-        <v>1374.0</v>
+        <v>2347.0</v>
       </c>
       <c r="F69">
-        <v>77122.62</v>
+        <v>58675.0</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B70" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C70" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D70" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="E70">
-        <v>573.0</v>
+        <v>520.0</v>
       </c>
       <c r="F70">
-        <v>76529.88</v>
+        <v>58578.0</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B71" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C71" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="D71" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="E71">
-        <v>1150.0</v>
+        <v>1108.0</v>
       </c>
       <c r="F71">
-        <v>71151.71</v>
+        <v>55464.79</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
+        <v>223</v>
+      </c>
+      <c r="B72" t="s">
+        <v>227</v>
+      </c>
+      <c r="C72" t="s">
         <v>228</v>
       </c>
-      <c r="B72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="E72">
-        <v>572.0</v>
+        <v>966.0</v>
       </c>
       <c r="F72">
-        <v>69854.07</v>
+        <v>55201.13</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B73" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C73" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="D73">
         <v>165167735</v>
       </c>
       <c r="E73">
-        <v>656.0</v>
+        <v>489.0</v>
       </c>
       <c r="F73">
-        <v>67725.44</v>
+        <v>54499.05</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="B74" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C74" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="D74" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="E74">
-        <v>2746.0</v>
+        <v>1118.0</v>
       </c>
       <c r="F74">
-        <v>65646.07</v>
+        <v>54342.34</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
+        <v>223</v>
+      </c>
+      <c r="B75" t="s">
+        <v>235</v>
+      </c>
+      <c r="C75" t="s">
+        <v>236</v>
+      </c>
+      <c r="D75" t="s">
         <v>237</v>
       </c>
-      <c r="B75" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E75">
-        <v>1395.0</v>
+        <v>17619.0</v>
       </c>
       <c r="F75">
-        <v>60654.6</v>
+        <v>53267.19</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="B76" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C76" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="D76">
-        <v>279158109</v>
+        <v>551073307</v>
       </c>
       <c r="E76">
-        <v>4860.0</v>
+        <v>3890.0</v>
       </c>
       <c r="F76">
-        <v>59778.0</v>
+        <v>51289.65</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>246</v>
+        <v>223</v>
       </c>
       <c r="B77" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="C77" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>553368101</v>
+        <v>241</v>
+      </c>
+      <c r="D77" t="s">
+        <v>242</v>
       </c>
       <c r="E77">
-        <v>932.0</v>
+        <v>75.0</v>
       </c>
       <c r="F77">
-        <v>58529.6</v>
+        <v>50159.38</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>246</v>
+        <v>223</v>
       </c>
       <c r="B78" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="C78" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>551073307</v>
+        <v>244</v>
+      </c>
+      <c r="D78" t="s">
+        <v>245</v>
       </c>
       <c r="E78">
-        <v>5367.0</v>
+        <v>1337.0</v>
       </c>
       <c r="F78">
-        <v>58124.61</v>
+        <v>49575.52</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
+        <v>223</v>
+      </c>
+      <c r="B79" t="s">
         <v>246</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>247</v>
+      </c>
+      <c r="D79">
+        <v>4651459</v>
       </c>
       <c r="E79">
-        <v>18432.0</v>
+        <v>688.0</v>
       </c>
       <c r="F79">
-        <v>54490.79</v>
+        <v>49459.52</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B80" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="C80" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="D80">
-        <v>5669354</v>
+        <v>6728793</v>
       </c>
       <c r="E80">
-        <v>2692.0</v>
+        <v>49402.0</v>
       </c>
       <c r="F80">
-        <v>54115.79</v>
+        <v>47156.4</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B81" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C81" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="D81" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E81">
-        <v>1846.157071</v>
+        <v>5660.0</v>
       </c>
       <c r="F81">
-        <v>52800.09</v>
+        <v>45294.64</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="B82" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="C82" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>127097103</v>
+        <v>255</v>
+      </c>
+      <c r="D82" t="s">
+        <v>256</v>
       </c>
       <c r="E82">
-        <v>1687.0</v>
+        <v>1529.458165</v>
       </c>
       <c r="F82">
-        <v>51470.37</v>
+        <v>45011.95</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
+        <v>257</v>
+      </c>
+      <c r="B83" t="s">
+        <v>258</v>
+      </c>
+      <c r="C83" t="s">
         <v>259</v>
       </c>
-      <c r="B83" t="s">
-[...6 lines deleted...]
-        <v>4651459</v>
+      <c r="D83" t="s">
+        <v>260</v>
       </c>
       <c r="E83">
-        <v>760.0</v>
+        <v>815.0</v>
       </c>
       <c r="F83">
-        <v>47757.46</v>
+        <v>40230.45</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="B84" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C84" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D84" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E84">
-        <v>22376.0</v>
+        <v>812.0</v>
       </c>
       <c r="F84">
-        <v>43438.54</v>
+        <v>40207.72</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
+        <v>257</v>
+      </c>
+      <c r="B85" t="s">
         <v>264</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>265</v>
+      </c>
+      <c r="D85">
+        <v>984245100</v>
       </c>
       <c r="E85">
-        <v>838.0</v>
+        <v>855.0</v>
       </c>
       <c r="F85">
-        <v>41360.07</v>
+        <v>39432.6</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="B86" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="C86" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D86" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="E86">
-        <v>876.0</v>
+        <v>10907.0</v>
       </c>
       <c r="F86">
-        <v>39893.58</v>
+        <v>39405.41</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="B87" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C87" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="D87" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E87">
-        <v>409.0</v>
+        <v>1602.0</v>
       </c>
       <c r="F87">
-        <v>39885.68</v>
+        <v>38700.89</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="B88" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C88" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>273</v>
+      </c>
+      <c r="D88">
+        <v>803021807</v>
       </c>
       <c r="E88">
-        <v>10479.0</v>
+        <v>6877.0</v>
       </c>
       <c r="F88">
-        <v>0.0</v>
+        <v>38442.43</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
+        <v>274</v>
+      </c>
+      <c r="B89" t="s">
+        <v>275</v>
+      </c>
+      <c r="C89" t="s">
+        <v>276</v>
+      </c>
+      <c r="D89" t="s">
         <v>277</v>
       </c>
-      <c r="B89" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E89">
-        <v>1126.0</v>
+        <v>1619.0</v>
       </c>
       <c r="F89">
-        <v>0.0</v>
+        <v>34792.31</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B90" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="C90" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>5140989</v>
+        <v>279</v>
+      </c>
+      <c r="D90" t="s">
+        <v>280</v>
       </c>
       <c r="E90">
-        <v>11925.0</v>
+        <v>370.0</v>
       </c>
       <c r="F90">
-        <v>0.0</v>
+        <v>31076.3</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B91" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C91" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>282</v>
+      </c>
+      <c r="D91">
+        <v>5485527</v>
       </c>
       <c r="E91">
-        <v>329.0</v>
+        <v>185.0</v>
       </c>
       <c r="F91">
-        <v>0.0</v>
+        <v>31053.22</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B92" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C92" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>284</v>
+      </c>
+      <c r="D92">
+        <v>553368101</v>
       </c>
       <c r="E92">
-        <v>3990.0</v>
+        <v>670.0</v>
       </c>
       <c r="F92">
-        <v>0.0</v>
+        <v>30545.3</v>
       </c>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B93" t="s">
+        <v>285</v>
+      </c>
+      <c r="C93" t="s">
+        <v>286</v>
+      </c>
+      <c r="D93" t="s">
+        <v>287</v>
+      </c>
+      <c r="E93">
+        <v>162.0</v>
+      </c>
+      <c r="F93">
+        <v>29725.38</v>
+      </c>
+    </row>
+    <row r="94" spans="1:23">
+      <c r="A94" t="s">
+        <v>288</v>
+      </c>
+      <c r="B94" t="s">
+        <v>289</v>
+      </c>
+      <c r="C94" t="s">
+        <v>290</v>
+      </c>
+      <c r="D94" t="s">
+        <v>291</v>
+      </c>
+      <c r="E94">
+        <v>1527.0</v>
+      </c>
+      <c r="F94">
+        <v>29101.91</v>
+      </c>
+    </row>
+    <row r="95" spans="1:23">
+      <c r="A95" t="s">
+        <v>288</v>
+      </c>
+      <c r="B95" t="s">
         <v>292</v>
       </c>
-      <c r="C93" t="s">
+      <c r="C95" t="s">
         <v>293</v>
       </c>
-      <c r="D93" t="s">
+      <c r="D95" t="s">
         <v>294</v>
       </c>
-      <c r="E93">
+      <c r="E95">
+        <v>2621.0</v>
+      </c>
+      <c r="F95">
+        <v>28355.49</v>
+      </c>
+    </row>
+    <row r="96" spans="1:23">
+      <c r="A96" t="s">
+        <v>288</v>
+      </c>
+      <c r="B96" t="s">
+        <v>295</v>
+      </c>
+      <c r="C96" t="s">
+        <v>296</v>
+      </c>
+      <c r="D96" t="s">
+        <v>297</v>
+      </c>
+      <c r="E96">
+        <v>773.0</v>
+      </c>
+      <c r="F96">
+        <v>27549.72</v>
+      </c>
+    </row>
+    <row r="97" spans="1:23">
+      <c r="A97" t="s">
+        <v>288</v>
+      </c>
+      <c r="B97" t="s">
+        <v>298</v>
+      </c>
+      <c r="C97" t="s">
+        <v>299</v>
+      </c>
+      <c r="D97" t="s">
+        <v>300</v>
+      </c>
+      <c r="E97">
+        <v>715.0</v>
+      </c>
+      <c r="F97">
+        <v>27287.72</v>
+      </c>
+    </row>
+    <row r="98" spans="1:23">
+      <c r="A98" t="s">
+        <v>288</v>
+      </c>
+      <c r="B98" t="s">
+        <v>301</v>
+      </c>
+      <c r="C98" t="s">
+        <v>302</v>
+      </c>
+      <c r="D98" t="s">
+        <v>303</v>
+      </c>
+      <c r="E98">
+        <v>655.0</v>
+      </c>
+      <c r="F98">
+        <v>26695.88</v>
+      </c>
+    </row>
+    <row r="99" spans="1:23">
+      <c r="A99" t="s">
+        <v>288</v>
+      </c>
+      <c r="B99" t="s">
+        <v>304</v>
+      </c>
+      <c r="C99" t="s">
+        <v>305</v>
+      </c>
+      <c r="D99" t="s">
+        <v>306</v>
+      </c>
+      <c r="E99">
+        <v>1485.0</v>
+      </c>
+      <c r="F99">
+        <v>25959.96</v>
+      </c>
+    </row>
+    <row r="100" spans="1:23">
+      <c r="A100" t="s">
+        <v>288</v>
+      </c>
+      <c r="B100" t="s">
+        <v>307</v>
+      </c>
+      <c r="C100" t="s">
+        <v>308</v>
+      </c>
+      <c r="D100" t="s">
+        <v>309</v>
+      </c>
+      <c r="E100">
+        <v>21970.0</v>
+      </c>
+      <c r="F100">
+        <v>25541.3</v>
+      </c>
+    </row>
+    <row r="101" spans="1:23">
+      <c r="A101" t="s">
+        <v>288</v>
+      </c>
+      <c r="B101" t="s">
+        <v>310</v>
+      </c>
+      <c r="C101" t="s">
+        <v>311</v>
+      </c>
+      <c r="D101">
+        <v>916896103</v>
+      </c>
+      <c r="E101">
+        <v>2035.0</v>
+      </c>
+      <c r="F101">
+        <v>25478.2</v>
+      </c>
+    </row>
+    <row r="102" spans="1:23">
+      <c r="A102" t="s">
+        <v>288</v>
+      </c>
+      <c r="B102" t="s">
+        <v>312</v>
+      </c>
+      <c r="C102" t="s">
+        <v>313</v>
+      </c>
+      <c r="D102" t="s">
+        <v>314</v>
+      </c>
+      <c r="E102">
+        <v>620.0</v>
+      </c>
+      <c r="F102">
+        <v>25451.0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:23">
+      <c r="A103" t="s">
+        <v>288</v>
+      </c>
+      <c r="B103" t="s">
+        <v>315</v>
+      </c>
+      <c r="C103" t="s">
+        <v>316</v>
+      </c>
+      <c r="D103" t="s">
+        <v>317</v>
+      </c>
+      <c r="E103">
+        <v>16569.0</v>
+      </c>
+      <c r="F103">
+        <v>24506.1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:23">
+      <c r="A104" t="s">
+        <v>288</v>
+      </c>
+      <c r="B104" t="s">
+        <v>318</v>
+      </c>
+      <c r="C104" t="s">
+        <v>319</v>
+      </c>
+      <c r="D104">
+        <v>810186106</v>
+      </c>
+      <c r="E104">
+        <v>405.0</v>
+      </c>
+      <c r="F104">
+        <v>24348.6</v>
+      </c>
+    </row>
+    <row r="105" spans="1:23">
+      <c r="A105" t="s">
+        <v>288</v>
+      </c>
+      <c r="B105" t="s">
+        <v>320</v>
+      </c>
+      <c r="C105" t="s">
+        <v>321</v>
+      </c>
+      <c r="D105" t="s">
+        <v>322</v>
+      </c>
+      <c r="E105">
+        <v>2838.0</v>
+      </c>
+      <c r="F105">
+        <v>23595.07</v>
+      </c>
+    </row>
+    <row r="106" spans="1:23">
+      <c r="A106" t="s">
+        <v>288</v>
+      </c>
+      <c r="B106" t="s">
+        <v>323</v>
+      </c>
+      <c r="C106" t="s">
+        <v>324</v>
+      </c>
+      <c r="D106" t="s">
+        <v>325</v>
+      </c>
+      <c r="E106">
+        <v>1237.0</v>
+      </c>
+      <c r="F106">
+        <v>23132.23</v>
+      </c>
+    </row>
+    <row r="107" spans="1:23">
+      <c r="A107" t="s">
+        <v>326</v>
+      </c>
+      <c r="B107" t="s">
+        <v>327</v>
+      </c>
+      <c r="C107" t="s">
+        <v>328</v>
+      </c>
+      <c r="D107" t="s">
+        <v>329</v>
+      </c>
+      <c r="E107">
+        <v>170.0</v>
+      </c>
+      <c r="F107">
+        <v>22348.2</v>
+      </c>
+    </row>
+    <row r="108" spans="1:23">
+      <c r="A108" t="s">
+        <v>326</v>
+      </c>
+      <c r="B108" t="s">
+        <v>330</v>
+      </c>
+      <c r="C108" t="s">
+        <v>331</v>
+      </c>
+      <c r="D108" t="s">
+        <v>332</v>
+      </c>
+      <c r="E108">
+        <v>57403.0</v>
+      </c>
+      <c r="F108">
+        <v>22122.59</v>
+      </c>
+    </row>
+    <row r="109" spans="1:23">
+      <c r="A109" t="s">
+        <v>326</v>
+      </c>
+      <c r="B109" t="s">
+        <v>333</v>
+      </c>
+      <c r="C109" t="s">
+        <v>334</v>
+      </c>
+      <c r="D109" t="s">
+        <v>335</v>
+      </c>
+      <c r="E109">
+        <v>3008.0</v>
+      </c>
+      <c r="F109">
+        <v>20895.34</v>
+      </c>
+    </row>
+    <row r="110" spans="1:23">
+      <c r="A110" t="s">
+        <v>326</v>
+      </c>
+      <c r="B110" t="s">
+        <v>336</v>
+      </c>
+      <c r="C110" t="s">
+        <v>337</v>
+      </c>
+      <c r="D110">
+        <v>4691916</v>
+      </c>
+      <c r="E110">
+        <v>4042.0</v>
+      </c>
+      <c r="F110">
+        <v>20198.52</v>
+      </c>
+    </row>
+    <row r="111" spans="1:23">
+      <c r="A111" t="s">
+        <v>326</v>
+      </c>
+      <c r="B111" t="s">
+        <v>338</v>
+      </c>
+      <c r="C111" t="s">
+        <v>339</v>
+      </c>
+      <c r="D111" t="s">
+        <v>340</v>
+      </c>
+      <c r="E111">
+        <v>13647.0</v>
+      </c>
+      <c r="F111">
+        <v>19559.15</v>
+      </c>
+    </row>
+    <row r="112" spans="1:23">
+      <c r="A112" t="s">
+        <v>326</v>
+      </c>
+      <c r="B112" t="s">
+        <v>341</v>
+      </c>
+      <c r="C112" t="s">
+        <v>342</v>
+      </c>
+      <c r="D112">
+        <v>5784462</v>
+      </c>
+      <c r="E112">
+        <v>1403.0</v>
+      </c>
+      <c r="F112">
+        <v>19528.56</v>
+      </c>
+    </row>
+    <row r="113" spans="1:23">
+      <c r="A113" t="s">
+        <v>326</v>
+      </c>
+      <c r="B113" t="s">
+        <v>343</v>
+      </c>
+      <c r="C113" t="s">
+        <v>344</v>
+      </c>
+      <c r="D113" t="s">
+        <v>345</v>
+      </c>
+      <c r="E113">
+        <v>680.0</v>
+      </c>
+      <c r="F113">
+        <v>19386.8</v>
+      </c>
+    </row>
+    <row r="114" spans="1:23">
+      <c r="A114" t="s">
+        <v>326</v>
+      </c>
+      <c r="B114" t="s">
+        <v>346</v>
+      </c>
+      <c r="C114" t="s">
+        <v>347</v>
+      </c>
+      <c r="D114" t="s">
+        <v>348</v>
+      </c>
+      <c r="E114">
+        <v>423.0</v>
+      </c>
+      <c r="F114">
+        <v>19259.63</v>
+      </c>
+    </row>
+    <row r="115" spans="1:23">
+      <c r="A115" t="s">
+        <v>326</v>
+      </c>
+      <c r="B115" t="s">
+        <v>349</v>
+      </c>
+      <c r="C115" t="s">
+        <v>350</v>
+      </c>
+      <c r="D115">
+        <v>4495044</v>
+      </c>
+      <c r="E115">
+        <v>230.0</v>
+      </c>
+      <c r="F115">
+        <v>19224.24</v>
+      </c>
+    </row>
+    <row r="116" spans="1:23">
+      <c r="A116" t="s">
+        <v>326</v>
+      </c>
+      <c r="B116" t="s">
+        <v>351</v>
+      </c>
+      <c r="C116" t="s">
+        <v>352</v>
+      </c>
+      <c r="D116">
+        <v>5690859</v>
+      </c>
+      <c r="E116">
+        <v>180.0</v>
+      </c>
+      <c r="F116">
+        <v>18091.01</v>
+      </c>
+    </row>
+    <row r="117" spans="1:23">
+      <c r="A117" t="s">
+        <v>326</v>
+      </c>
+      <c r="B117" t="s">
+        <v>353</v>
+      </c>
+      <c r="C117" t="s">
+        <v>354</v>
+      </c>
+      <c r="D117" t="s">
+        <v>355</v>
+      </c>
+      <c r="E117">
+        <v>3215.0</v>
+      </c>
+      <c r="F117">
+        <v>17108.48</v>
+      </c>
+    </row>
+    <row r="118" spans="1:23">
+      <c r="A118" t="s">
+        <v>326</v>
+      </c>
+      <c r="B118" t="s">
+        <v>356</v>
+      </c>
+      <c r="C118" t="s">
+        <v>357</v>
+      </c>
+      <c r="D118" t="s">
+        <v>358</v>
+      </c>
+      <c r="E118">
+        <v>7771.0</v>
+      </c>
+      <c r="F118">
+        <v>16629.94</v>
+      </c>
+    </row>
+    <row r="119" spans="1:23">
+      <c r="A119" t="s">
+        <v>326</v>
+      </c>
+      <c r="B119" t="s">
+        <v>359</v>
+      </c>
+      <c r="C119" t="s">
+        <v>360</v>
+      </c>
+      <c r="D119" t="s">
+        <v>361</v>
+      </c>
+      <c r="E119">
+        <v>4703.0</v>
+      </c>
+      <c r="F119">
+        <v>16552.51</v>
+      </c>
+    </row>
+    <row r="120" spans="1:23">
+      <c r="A120" t="s">
+        <v>362</v>
+      </c>
+      <c r="B120" t="s">
+        <v>363</v>
+      </c>
+      <c r="C120" t="s">
+        <v>364</v>
+      </c>
+      <c r="D120" t="s">
+        <v>365</v>
+      </c>
+      <c r="E120">
+        <v>550.0</v>
+      </c>
+      <c r="F120">
+        <v>16368.0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:23">
+      <c r="A121" t="s">
+        <v>362</v>
+      </c>
+      <c r="B121" t="s">
+        <v>366</v>
+      </c>
+      <c r="C121" t="s">
+        <v>367</v>
+      </c>
+      <c r="D121" t="s">
+        <v>368</v>
+      </c>
+      <c r="E121">
+        <v>365.0</v>
+      </c>
+      <c r="F121">
+        <v>15950.5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:23">
+      <c r="A122" t="s">
+        <v>362</v>
+      </c>
+      <c r="B122" t="s">
+        <v>369</v>
+      </c>
+      <c r="C122" t="s">
+        <v>370</v>
+      </c>
+      <c r="D122" t="s">
+        <v>371</v>
+      </c>
+      <c r="E122">
+        <v>1301.0</v>
+      </c>
+      <c r="F122">
+        <v>15794.14</v>
+      </c>
+    </row>
+    <row r="123" spans="1:23">
+      <c r="A123" t="s">
+        <v>362</v>
+      </c>
+      <c r="B123" t="s">
+        <v>372</v>
+      </c>
+      <c r="C123" t="s">
+        <v>373</v>
+      </c>
+      <c r="D123" t="s">
+        <v>374</v>
+      </c>
+      <c r="E123">
+        <v>3322.0</v>
+      </c>
+      <c r="F123">
+        <v>15731.77</v>
+      </c>
+    </row>
+    <row r="124" spans="1:23">
+      <c r="A124" t="s">
+        <v>362</v>
+      </c>
+      <c r="B124" t="s">
+        <v>375</v>
+      </c>
+      <c r="C124" t="s">
+        <v>376</v>
+      </c>
+      <c r="D124" t="s">
+        <v>377</v>
+      </c>
+      <c r="E124">
+        <v>30657.0</v>
+      </c>
+      <c r="F124">
+        <v>15727.16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:23">
+      <c r="A125" t="s">
+        <v>362</v>
+      </c>
+      <c r="B125" t="s">
+        <v>378</v>
+      </c>
+      <c r="C125" t="s">
+        <v>379</v>
+      </c>
+      <c r="D125" t="s">
+        <v>380</v>
+      </c>
+      <c r="E125">
+        <v>4039.0</v>
+      </c>
+      <c r="F125">
+        <v>15566.19</v>
+      </c>
+    </row>
+    <row r="126" spans="1:23">
+      <c r="A126" t="s">
+        <v>362</v>
+      </c>
+      <c r="B126" t="s">
+        <v>381</v>
+      </c>
+      <c r="C126" t="s">
+        <v>382</v>
+      </c>
+      <c r="D126" t="s">
+        <v>383</v>
+      </c>
+      <c r="E126">
+        <v>1368.0</v>
+      </c>
+      <c r="F126">
+        <v>14220.91</v>
+      </c>
+    </row>
+    <row r="127" spans="1:23">
+      <c r="A127" t="s">
+        <v>362</v>
+      </c>
+      <c r="B127" t="s">
+        <v>384</v>
+      </c>
+      <c r="C127" t="s">
+        <v>385</v>
+      </c>
+      <c r="D127">
+        <v>6356848</v>
+      </c>
+      <c r="E127">
+        <v>617.0</v>
+      </c>
+      <c r="F127">
+        <v>13930.7</v>
+      </c>
+    </row>
+    <row r="128" spans="1:23">
+      <c r="A128" t="s">
+        <v>362</v>
+      </c>
+      <c r="B128" t="s">
+        <v>386</v>
+      </c>
+      <c r="C128" t="s">
+        <v>387</v>
+      </c>
+      <c r="D128" t="s">
+        <v>388</v>
+      </c>
+      <c r="E128">
+        <v>333.0</v>
+      </c>
+      <c r="F128">
+        <v>13739.58</v>
+      </c>
+    </row>
+    <row r="129" spans="1:23">
+      <c r="A129" t="s">
+        <v>362</v>
+      </c>
+      <c r="B129" t="s">
+        <v>389</v>
+      </c>
+      <c r="C129" t="s">
+        <v>390</v>
+      </c>
+      <c r="D129" t="s">
+        <v>391</v>
+      </c>
+      <c r="E129">
+        <v>1050.0</v>
+      </c>
+      <c r="F129">
+        <v>13650.0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:23">
+      <c r="A130" t="s">
+        <v>362</v>
+      </c>
+      <c r="B130" t="s">
+        <v>392</v>
+      </c>
+      <c r="C130" t="s">
+        <v>393</v>
+      </c>
+      <c r="D130" t="s">
+        <v>394</v>
+      </c>
+      <c r="E130">
+        <v>83.0</v>
+      </c>
+      <c r="F130">
+        <v>13638.56</v>
+      </c>
+    </row>
+    <row r="131" spans="1:23">
+      <c r="A131" t="s">
+        <v>362</v>
+      </c>
+      <c r="B131" t="s">
+        <v>395</v>
+      </c>
+      <c r="C131" t="s">
+        <v>396</v>
+      </c>
+      <c r="D131" t="s">
+        <v>397</v>
+      </c>
+      <c r="E131">
+        <v>8977.0</v>
+      </c>
+      <c r="F131">
+        <v>13220.0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:23">
+      <c r="A132" t="s">
+        <v>362</v>
+      </c>
+      <c r="B132" t="s">
+        <v>398</v>
+      </c>
+      <c r="C132" t="s">
+        <v>399</v>
+      </c>
+      <c r="D132" t="s">
+        <v>400</v>
+      </c>
+      <c r="E132">
+        <v>2860.0</v>
+      </c>
+      <c r="F132">
+        <v>12569.7</v>
+      </c>
+    </row>
+    <row r="133" spans="1:23">
+      <c r="A133" t="s">
+        <v>362</v>
+      </c>
+      <c r="B133" t="s">
+        <v>401</v>
+      </c>
+      <c r="C133" t="s">
+        <v>402</v>
+      </c>
+      <c r="D133">
+        <v>6002895</v>
+      </c>
+      <c r="E133">
+        <v>10693.0</v>
+      </c>
+      <c r="F133">
+        <v>11475.99</v>
+      </c>
+    </row>
+    <row r="134" spans="1:23">
+      <c r="A134" t="s">
+        <v>403</v>
+      </c>
+      <c r="B134" t="s">
+        <v>404</v>
+      </c>
+      <c r="C134" t="s">
+        <v>405</v>
+      </c>
+      <c r="D134" t="s">
+        <v>406</v>
+      </c>
+      <c r="E134">
+        <v>10554.26</v>
+      </c>
+      <c r="F134">
+        <v>7235.49</v>
+      </c>
+    </row>
+    <row r="135" spans="1:23">
+      <c r="A135" t="s">
+        <v>407</v>
+      </c>
+      <c r="B135" t="s">
+        <v>408</v>
+      </c>
+      <c r="C135" t="s">
+        <v>409</v>
+      </c>
+      <c r="D135" t="s">
+        <v>410</v>
+      </c>
+      <c r="E135">
+        <v>212072.0</v>
+      </c>
+      <c r="F135">
+        <v>1329.31</v>
+      </c>
+    </row>
+    <row r="136" spans="1:23">
+      <c r="A136" t="s">
+        <v>407</v>
+      </c>
+      <c r="B136" t="s">
+        <v>411</v>
+      </c>
+      <c r="C136" t="s">
+        <v>412</v>
+      </c>
+      <c r="D136" t="s">
+        <v>413</v>
+      </c>
+      <c r="E136">
         <v>818.0</v>
       </c>
-      <c r="F93">
+      <c r="F136">
         <v>0.0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:23">
+      <c r="A137" t="s">
+        <v>407</v>
+      </c>
+      <c r="B137" t="s">
+        <v>414</v>
+      </c>
+      <c r="C137" t="s">
+        <v>415</v>
+      </c>
+      <c r="D137" t="s">
+        <v>416</v>
+      </c>
+      <c r="E137">
+        <v>3990.0</v>
+      </c>
+      <c r="F137">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:23">
+      <c r="A138" t="s">
+        <v>407</v>
+      </c>
+      <c r="B138" t="s">
+        <v>417</v>
+      </c>
+      <c r="C138" t="s">
+        <v>418</v>
+      </c>
+      <c r="D138" t="s">
+        <v>419</v>
+      </c>
+      <c r="E138">
+        <v>329.0</v>
+      </c>
+      <c r="F138">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:23">
+      <c r="A139" t="s">
+        <v>407</v>
+      </c>
+      <c r="B139" t="s">
+        <v>420</v>
+      </c>
+      <c r="C139" t="s">
+        <v>421</v>
+      </c>
+      <c r="D139">
+        <v>5140989</v>
+      </c>
+      <c r="E139">
+        <v>11925.0</v>
+      </c>
+      <c r="F139">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:23">
+      <c r="A140" t="s">
+        <v>407</v>
+      </c>
+      <c r="B140" t="s">
+        <v>422</v>
+      </c>
+      <c r="C140" t="s">
+        <v>423</v>
+      </c>
+      <c r="D140" t="s">
+        <v>424</v>
+      </c>
+      <c r="E140">
+        <v>1126.0</v>
+      </c>
+      <c r="F140">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:23">
+      <c r="A141" t="s">
+        <v>407</v>
+      </c>
+      <c r="B141" t="s">
+        <v>425</v>
+      </c>
+      <c r="C141" t="s">
+        <v>426</v>
+      </c>
+      <c r="D141" t="s">
+        <v>427</v>
+      </c>
+      <c r="E141">
+        <v>10479.0</v>
+      </c>
+      <c r="F141">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:23">
+      <c r="A142" t="s">
+        <v>428</v>
+      </c>
+      <c r="B142" t="s">
+        <v>429</v>
+      </c>
+      <c r="C142" t="s">
+        <v>430</v>
+      </c>
+      <c r="D142" t="s">
+        <v>431</v>
+      </c>
+      <c r="E142">
+        <v>-17821.68</v>
+      </c>
+      <c r="F142">
+        <v>-13806.69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>