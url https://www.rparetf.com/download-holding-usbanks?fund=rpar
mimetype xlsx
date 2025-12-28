--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -12,1061 +12,881 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>ARIS ETF</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>17.31%</t>
-[...23 lines deleted...]
-    <t>12.44%</t>
+    <t>17.24%</t>
+  </si>
+  <si>
+    <t>US 10YR NOTE (CBT)Mar26</t>
+  </si>
+  <si>
+    <t>TYH6 Comdty</t>
+  </si>
+  <si>
+    <t>TYH6 COMDTY</t>
+  </si>
+  <si>
+    <t>16.96%</t>
+  </si>
+  <si>
+    <t>US ULTRA BOND CBT Mar26</t>
+  </si>
+  <si>
+    <t>WNH6 Comdty</t>
+  </si>
+  <si>
+    <t>WNH6 COMDTY</t>
+  </si>
+  <si>
+    <t>12.66%</t>
   </si>
   <si>
     <t>Vanguard Total Stock Market ETF</t>
   </si>
   <si>
     <t>VTI</t>
   </si>
   <si>
-    <t>11.76%</t>
-[...8 lines deleted...]
-    <t>10.74%</t>
+    <t>11.83%</t>
+  </si>
+  <si>
+    <t>United States Treasury Bill 01/29/2026</t>
+  </si>
+  <si>
+    <t>912797RK5</t>
+  </si>
+  <si>
+    <t>10.85%</t>
   </si>
   <si>
     <t>SPDR Gold MiniShares Trust</t>
   </si>
   <si>
     <t>GLDM</t>
   </si>
   <si>
     <t>98149E303</t>
   </si>
   <si>
-    <t>7.43%</t>
+    <t>7.47%</t>
   </si>
   <si>
     <t>Vanguard FTSE Emerging Markets ETF</t>
   </si>
   <si>
     <t>VWO</t>
   </si>
   <si>
-    <t>4.90%</t>
+    <t>5.11%</t>
   </si>
   <si>
     <t>VANGUARD FTSE DEVELOPED ETF</t>
   </si>
   <si>
     <t>VEA</t>
   </si>
   <si>
-    <t>3.61%</t>
-[...23 lines deleted...]
-    <t>912810QV3</t>
+    <t>2.19%</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>3.08%</t>
-[...58 lines deleted...]
-  <si>
     <t>1.31%</t>
   </si>
   <si>
-    <t>United States Treasury Inflation Indexed Bonds 0.1</t>
-[...13 lines deleted...]
-  <si>
     <t>Exxon Mobil Corp</t>
   </si>
   <si>
     <t>XOM</t>
   </si>
   <si>
     <t>30231G102</t>
   </si>
   <si>
-    <t>1.12%</t>
-[...1 lines deleted...]
-  <si>
     <t>Deere &amp; Co</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
-    <t>1.11%</t>
-[...17 lines deleted...]
-    <t>0.95%</t>
+    <t>0.94%</t>
   </si>
   <si>
     <t>BHP Group Ltd</t>
   </si>
   <si>
     <t>BHP</t>
   </si>
   <si>
     <t>088606108</t>
   </si>
   <si>
-    <t>0.79%</t>
+    <t>0.83%</t>
   </si>
   <si>
     <t>Rio Tinto PLC</t>
   </si>
   <si>
     <t>RIO</t>
   </si>
   <si>
-    <t>0.74%</t>
+    <t>0.78%</t>
   </si>
   <si>
     <t>Chevron Corp</t>
   </si>
   <si>
     <t>CVX</t>
   </si>
   <si>
-    <t>0.60%</t>
+    <t>0.69%</t>
   </si>
   <si>
     <t>Southern Copper Corp</t>
   </si>
   <si>
     <t>SCCO</t>
   </si>
   <si>
     <t>84265V105</t>
   </si>
   <si>
-    <t>0.51%</t>
+    <t>0.54%</t>
   </si>
   <si>
     <t>Shell PLC</t>
   </si>
   <si>
     <t>SHEL</t>
   </si>
   <si>
+    <t>0.45%</t>
+  </si>
+  <si>
+    <t>Corteva Inc</t>
+  </si>
+  <si>
+    <t>CTVA</t>
+  </si>
+  <si>
+    <t>22052L104</t>
+  </si>
+  <si>
+    <t>0.44%</t>
+  </si>
+  <si>
+    <t>Freeport-McMoRan Inc</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
     <t>0.38%</t>
   </si>
   <si>
-    <t>First American Government Obligations Fund 12/01/2</t>
-[...26 lines deleted...]
-    <t>35671D857</t>
+    <t>Glencore PLC</t>
+  </si>
+  <si>
+    <t>GLEN LN</t>
+  </si>
+  <si>
+    <t>B4T3BW6</t>
   </si>
   <si>
     <t>0.36%</t>
   </si>
   <si>
     <t>TotalEnergies SE</t>
   </si>
   <si>
     <t>TTE</t>
   </si>
   <si>
-    <t>89151E109</t>
+    <t>F92124100</t>
+  </si>
+  <si>
+    <t>Vale SA</t>
+  </si>
+  <si>
+    <t>VALE</t>
+  </si>
+  <si>
+    <t>91912E105</t>
   </si>
   <si>
     <t>0.34%</t>
   </si>
   <si>
-    <t>Vale SA</t>
-[...17 lines deleted...]
-    <t>B4T3BW6</t>
+    <t>CMOC Group Ltd</t>
+  </si>
+  <si>
+    <t>3993 HK</t>
+  </si>
+  <si>
+    <t>B1VRCG6</t>
+  </si>
+  <si>
+    <t>0.30%</t>
+  </si>
+  <si>
+    <t>Nutrien Ltd</t>
+  </si>
+  <si>
+    <t>NTR CN</t>
+  </si>
+  <si>
+    <t>BDRJLN0</t>
+  </si>
+  <si>
+    <t>0.29%</t>
+  </si>
+  <si>
+    <t>ConocoPhillips</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>20825C104</t>
   </si>
   <si>
     <t>0.28%</t>
   </si>
   <si>
     <t>Fortescue Ltd</t>
   </si>
   <si>
     <t>FMG AU</t>
   </si>
   <si>
+    <t>0.26%</t>
+  </si>
+  <si>
+    <t>Antofagasta PLC</t>
+  </si>
+  <si>
+    <t>ANTO LN</t>
+  </si>
+  <si>
+    <t>0045614</t>
+  </si>
+  <si>
+    <t>0.25%</t>
+  </si>
+  <si>
+    <t>Vestas Wind Systems A/S</t>
+  </si>
+  <si>
+    <t>VWS DC</t>
+  </si>
+  <si>
+    <t>BN4MYF5</t>
+  </si>
+  <si>
+    <t>0.24%</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>0.23%</t>
+  </si>
+  <si>
     <t>Cameco Corp</t>
   </si>
   <si>
     <t>CCO CN</t>
   </si>
   <si>
-    <t>0.25%</t>
-[...32 lines deleted...]
-    <t>BDRJLN0</t>
+    <t>BP PLC</t>
+  </si>
+  <si>
+    <t>BP</t>
+  </si>
+  <si>
+    <t>055622104</t>
   </si>
   <si>
     <t>0.22%</t>
   </si>
   <si>
     <t>Ecolab Inc</t>
   </si>
   <si>
     <t>ECL</t>
   </si>
   <si>
-    <t>0.21%</t>
-[...35 lines deleted...]
-    <t>0045614</t>
+    <t>0.19%</t>
+  </si>
+  <si>
+    <t>Sociedad Quimica y Minera de Chile SA</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>0.18%</t>
+  </si>
+  <si>
+    <t>CANADIAN NAT RES LTD</t>
+  </si>
+  <si>
+    <t>CNQ CN</t>
   </si>
   <si>
     <t>0.15%</t>
   </si>
   <si>
     <t>Equinor ASA</t>
   </si>
   <si>
     <t>EQNR</t>
   </si>
   <si>
     <t>29446M102</t>
   </si>
   <si>
     <t>Eni SpA</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>26874R108</t>
   </si>
   <si>
-    <t>CANADIAN NAT RES LTD</t>
-[...2 lines deleted...]
-    <t>CNQ CN</t>
+    <t>Kubota Corp</t>
+  </si>
+  <si>
+    <t>6326 JP</t>
+  </si>
+  <si>
+    <t>0.14%</t>
+  </si>
+  <si>
+    <t>EOG Resources Inc</t>
+  </si>
+  <si>
+    <t>EOG</t>
+  </si>
+  <si>
+    <t>26875P101</t>
   </si>
   <si>
     <t>0.13%</t>
   </si>
   <si>
-    <t>Kubota Corp</t>
-[...2 lines deleted...]
-    <t>6326 JP</t>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU CN</t>
+  </si>
+  <si>
+    <t>B3NB1P2</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals Ltd</t>
+  </si>
+  <si>
+    <t>FM CN</t>
+  </si>
+  <si>
+    <t>Teck Resources Ltd</t>
+  </si>
+  <si>
+    <t>TECK/B CN</t>
   </si>
   <si>
     <t>0.12%</t>
   </si>
   <si>
+    <t>CF Industries Holdings Inc</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
     <t>Jiangxi Copper Co Ltd</t>
   </si>
   <si>
     <t>358 HK</t>
   </si>
   <si>
-    <t>EOG Resources Inc</t>
-[...8 lines deleted...]
-    <t>NEXTracker Inc</t>
+    <t>CNH Industrial NV</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>N20944109</t>
+  </si>
+  <si>
+    <t>Nextpower Inc</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
   <si>
     <t>65290E101</t>
   </si>
   <si>
+    <t>0.11%</t>
+  </si>
+  <si>
     <t>Imperial Oil Ltd</t>
   </si>
   <si>
     <t>IMO CN</t>
   </si>
   <si>
-    <t>0.11%</t>
-[...35 lines deleted...]
-    <t>B3NB1P2</t>
+    <t>Lundin Mining Corp</t>
+  </si>
+  <si>
+    <t>LUN CN</t>
+  </si>
+  <si>
+    <t>Yara International ASA</t>
+  </si>
+  <si>
+    <t>YAR NO</t>
+  </si>
+  <si>
+    <t>Diamondback Energy Inc</t>
+  </si>
+  <si>
+    <t>FANG</t>
+  </si>
+  <si>
+    <t>25278X109</t>
   </si>
   <si>
     <t>0.10%</t>
   </si>
   <si>
-    <t>Diamondback Energy Inc</t>
-[...5 lines deleted...]
-    <t>25278X109</t>
+    <t>Occidental Petroleum Corp</t>
+  </si>
+  <si>
+    <t>OXY</t>
+  </si>
+  <si>
+    <t>0.09%</t>
+  </si>
+  <si>
+    <t>Geberit AG</t>
+  </si>
+  <si>
+    <t>GEBN SW</t>
+  </si>
+  <si>
+    <t>B1WGG93</t>
+  </si>
+  <si>
+    <t>Boliden AB</t>
+  </si>
+  <si>
+    <t>BOL SS</t>
+  </si>
+  <si>
+    <t>BPYTZ57</t>
   </si>
   <si>
     <t>Xylem Inc/NY</t>
   </si>
   <si>
     <t>XYL</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
-    <t>0.09%</t>
-[...14 lines deleted...]
-    <t>B1WGG93</t>
+    <t>Ivanhoe Mines Ltd</t>
+  </si>
+  <si>
+    <t>IVN CN</t>
+  </si>
+  <si>
+    <t>BD73C40</t>
+  </si>
+  <si>
+    <t>American Water Works Co Inc</t>
+  </si>
+  <si>
+    <t>AWK</t>
+  </si>
+  <si>
+    <t>030420103</t>
   </si>
   <si>
     <t>NAC Kazatomprom JSC</t>
   </si>
   <si>
     <t>KAP LI</t>
   </si>
   <si>
     <t>BGXQL36</t>
   </si>
   <si>
-    <t>Yara International ASA</t>
-[...11 lines deleted...]
-    <t>030420103</t>
+    <t>0.08%</t>
+  </si>
+  <si>
+    <t>Expand Energy Corp</t>
+  </si>
+  <si>
+    <t>EXE</t>
+  </si>
+  <si>
+    <t>Cenovus Energy Inc</t>
+  </si>
+  <si>
+    <t>CVE CN</t>
+  </si>
+  <si>
+    <t>B57FG04</t>
   </si>
   <si>
     <t>EQT Corp</t>
   </si>
   <si>
     <t>EQT</t>
   </si>
   <si>
     <t>26884L109</t>
   </si>
   <si>
+    <t>Goldwind Science &amp; Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2208 HK</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>Salmar ASA</t>
+  </si>
+  <si>
+    <t>SALM NO</t>
+  </si>
+  <si>
+    <t>B1W5NW2</t>
+  </si>
+  <si>
+    <t>MMG Ltd</t>
+  </si>
+  <si>
+    <t>1208 HK</t>
+  </si>
+  <si>
     <t>Mosaic Co/The</t>
   </si>
   <si>
     <t>MOS</t>
   </si>
   <si>
     <t>61945C103</t>
   </si>
   <si>
+    <t>Woodside Energy Group Ltd</t>
+  </si>
+  <si>
+    <t>WDS AU</t>
+  </si>
+  <si>
+    <t>BMGT167</t>
+  </si>
+  <si>
+    <t>Toro Co/The</t>
+  </si>
+  <si>
+    <t>TTC</t>
+  </si>
+  <si>
+    <t>AGCO Corp</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Veolia Environnement SA</t>
+  </si>
+  <si>
+    <t>VIE FP</t>
+  </si>
+  <si>
+    <t>0.07%</t>
+  </si>
+  <si>
+    <t>Sumitomo Metal Mining Co Ltd</t>
+  </si>
+  <si>
+    <t>5713 JP</t>
+  </si>
+  <si>
     <t>Nordex SE</t>
   </si>
   <si>
     <t>NDX1 GR</t>
   </si>
   <si>
     <t>B06CF71</t>
   </si>
   <si>
-    <t>Occidental Petroleum Corp</t>
-[...80 lines deleted...]
-    <t>LUN CN</t>
+    <t>South32 Ltd</t>
+  </si>
+  <si>
+    <t>S32 AU</t>
+  </si>
+  <si>
+    <t>BWSW5D9</t>
+  </si>
+  <si>
+    <t>0.06%</t>
+  </si>
+  <si>
+    <t>Inpex Corp</t>
+  </si>
+  <si>
+    <t>1605 JP</t>
+  </si>
+  <si>
+    <t>B10RB15</t>
+  </si>
+  <si>
+    <t>PLS Group Ltd</t>
+  </si>
+  <si>
+    <t>PLS AU</t>
+  </si>
+  <si>
+    <t>B2368L5</t>
+  </si>
+  <si>
+    <t>Repsol SA</t>
+  </si>
+  <si>
+    <t>REP SM</t>
+  </si>
+  <si>
+    <t>Devon Energy Corp</t>
+  </si>
+  <si>
+    <t>DVN</t>
+  </si>
+  <si>
+    <t>25179M103</t>
   </si>
   <si>
     <t>MP Materials Corp</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
-    <t>MMG Ltd</t>
-[...53 lines deleted...]
-    <t>B10RB15</t>
+    <t>0.05%</t>
+  </si>
+  <si>
+    <t>Ecopetrol SA</t>
+  </si>
+  <si>
+    <t>EC</t>
+  </si>
+  <si>
+    <t>Lynas Rare Earths Ltd</t>
+  </si>
+  <si>
+    <t>LYSDY</t>
   </si>
   <si>
     <t>Pentair PLC</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>G7S00T104</t>
   </si>
   <si>
-    <t>0.05%</t>
-[...11 lines deleted...]
-    <t>REP SM</t>
+    <t>CIA SANEAMENTO BASICO SPONSORED ADR</t>
+  </si>
+  <si>
+    <t>SBS</t>
+  </si>
+  <si>
+    <t>20441A102</t>
+  </si>
+  <si>
+    <t>Coterra Energy Inc</t>
+  </si>
+  <si>
+    <t>CTRA</t>
   </si>
   <si>
     <t>Halma PLC</t>
   </si>
   <si>
     <t>HLMA LN</t>
   </si>
   <si>
     <t>0405207</t>
   </si>
   <si>
+    <t>OMV AG</t>
+  </si>
+  <si>
+    <t>OMV AV</t>
+  </si>
+  <si>
+    <t>China Nonferrous Mining Corp Ltd</t>
+  </si>
+  <si>
+    <t>1258 HK</t>
+  </si>
+  <si>
+    <t>B890GY2</t>
+  </si>
+  <si>
     <t>0.04%</t>
   </si>
   <si>
-    <t>Ecopetrol SA</t>
-[...58 lines deleted...]
-  <si>
     <t>Tourmaline Oil Corp</t>
   </si>
   <si>
     <t>TOU CN</t>
   </si>
   <si>
     <t>B3QJ0H8</t>
   </si>
   <si>
-    <t>0.03%</t>
-[...37 lines deleted...]
-  <si>
     <t>0.00%</t>
   </si>
   <si>
-    <t>NORWEGIAN KRONE</t>
-[...7 lines deleted...]
-  <si>
     <t>LUKOIL PJSC</t>
   </si>
   <si>
     <t>LKOD LI</t>
   </si>
   <si>
     <t>BYZDW27</t>
   </si>
   <si>
+    <t>Rosneft Oil Co PJSC</t>
+  </si>
+  <si>
+    <t>ROSN LI</t>
+  </si>
+  <si>
+    <t>B17FSC2</t>
+  </si>
+  <si>
+    <t>PHOSAGRO OJSC GDR EACH REPR 1/3 ORD REG</t>
+  </si>
+  <si>
+    <t>PHOR LI</t>
+  </si>
+  <si>
+    <t>B62QPJ1</t>
+  </si>
+  <si>
     <t>GMK Norilskiy Nickel PAO</t>
   </si>
   <si>
     <t>MNOD LI</t>
   </si>
   <si>
     <t>BYSW6D0</t>
   </si>
   <si>
+    <t>Gazprom PJSC</t>
+  </si>
+  <si>
+    <t>OGZD LI</t>
+  </si>
+  <si>
     <t>Novatek PJSC</t>
   </si>
   <si>
     <t>NVTK LI</t>
   </si>
   <si>
     <t>B0DK750</t>
-  </si>
-[...22 lines deleted...]
-    <t>B17FSC2</t>
   </si>
   <si>
     <t>DANISH KRONE</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>CASHDKK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1402,60 +1222,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W115"/>
+  <dimension ref="A1:W92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20.280762" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="60.128174" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47.131348" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.567383" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
@@ -1479,2274 +1299,1814 @@
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>784</v>
+        <v>869</v>
       </c>
       <c r="F4">
-        <v>96995500</v>
+        <v>97830390.63</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F5">
-        <v>92250093.75</v>
+        <v>96204625</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6">
         <v>922908769</v>
       </c>
       <c r="E6">
-        <v>206244</v>
+        <v>211494</v>
       </c>
       <c r="F6">
-        <v>69700159.8</v>
+        <v>71838166.98</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7">
-        <v>65928000</v>
+        <v>67322000</v>
       </c>
       <c r="F7">
-        <v>65920651.67</v>
+        <v>67117098.76</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8">
-        <v>767955</v>
+        <v>686476</v>
       </c>
       <c r="F8">
-        <v>60199992.45</v>
+        <v>61583761.96</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9">
         <v>922042858</v>
       </c>
       <c r="E9">
-        <v>749211</v>
+        <v>784322</v>
       </c>
       <c r="F9">
-        <v>41663623.71</v>
+        <v>42369074.44</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10">
         <v>921943858</v>
       </c>
       <c r="E10">
-        <v>445412</v>
+        <v>461701</v>
       </c>
       <c r="F10">
-        <v>27464103.92</v>
+        <v>28999439.81</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11">
-        <v>23056844.52</v>
+        <v>12419648.38</v>
       </c>
       <c r="F11">
-        <v>20231393.54</v>
+        <v>12419648.38</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E12">
-        <v>23390906.16</v>
+        <v>62584</v>
       </c>
       <c r="F12">
-        <v>18586478.36</v>
+        <v>7454380.24</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="D13" t="s">
-        <v>39</v>
+      <c r="D13">
+        <v>244199105</v>
       </c>
       <c r="E13">
-        <v>21702655.17</v>
+        <v>15856</v>
       </c>
       <c r="F13">
-        <v>17611463.34</v>
+        <v>7435354.08</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E14">
-        <v>17603796.21</v>
+        <v>85769</v>
       </c>
       <c r="F14">
-        <v>17603796.21</v>
+        <v>5308243.41</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>46</v>
+      </c>
+      <c r="D15">
+        <v>767204100</v>
       </c>
       <c r="E15">
-        <v>22445478.98</v>
+        <v>57555</v>
       </c>
       <c r="F15">
-        <v>17247347.11</v>
+        <v>4733323.2</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>49</v>
+      </c>
+      <c r="D16">
+        <v>166764100</v>
       </c>
       <c r="E16">
-        <v>22191037.86</v>
+        <v>29462</v>
       </c>
       <c r="F16">
-        <v>16918439.94</v>
+        <v>4419889.24</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E17">
-        <v>21315796.25</v>
+        <v>26047.7115</v>
       </c>
       <c r="F17">
-        <v>16616254.9</v>
+        <v>3894653.82</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>56</v>
+      </c>
+      <c r="D18">
+        <v>780259305</v>
       </c>
       <c r="E18">
-        <v>19241749.5</v>
+        <v>41800</v>
       </c>
       <c r="F18">
-        <v>14886876.71</v>
+        <v>3043458</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E19">
-        <v>13185195.85</v>
+        <v>38176</v>
       </c>
       <c r="F19">
-        <v>13403275.3</v>
+        <v>2574589.44</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E20">
-        <v>13210620.94</v>
+        <v>47591</v>
       </c>
       <c r="F20">
-        <v>12623334.86</v>
+        <v>2524226.64</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B21" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="E21">
-        <v>15722170.8</v>
+        <v>409030</v>
       </c>
       <c r="F21">
-        <v>11995031.8</v>
+        <v>2178495.12</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D22" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="E22">
-        <v>13537703.34</v>
+        <v>31112</v>
       </c>
       <c r="F22">
-        <v>8325236.88</v>
+        <v>2038769.36</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="E23">
-        <v>12645564.95</v>
+        <v>152465</v>
       </c>
       <c r="F23">
-        <v>7320707.74</v>
+        <v>2017111.95</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="E24">
-        <v>12203846.61</v>
+        <v>786677</v>
       </c>
       <c r="F24">
-        <v>6921699.37</v>
+        <v>1936550.94</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="B25" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="E25">
-        <v>55121</v>
+        <v>26927</v>
       </c>
       <c r="F25">
-        <v>6340568.63</v>
+        <v>1712004.01</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>244199105</v>
+        <v>86</v>
+      </c>
+      <c r="D26" t="s">
+        <v>87</v>
       </c>
       <c r="E26">
-        <v>13436</v>
+        <v>18062</v>
       </c>
       <c r="F26">
-        <v>6290600.84</v>
+        <v>1653395.48</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>90</v>
+      </c>
+      <c r="D27">
+        <v>6086253</v>
       </c>
       <c r="E27">
-        <v>7463691.5</v>
+        <v>105936</v>
       </c>
       <c r="F27">
-        <v>6193579.52</v>
+        <v>1585742.59</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="E28">
-        <v>6070247.88</v>
+        <v>33304</v>
       </c>
       <c r="F28">
-        <v>6133174.68</v>
+        <v>1450327.5</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="E29">
-        <v>93263</v>
+        <v>52942</v>
       </c>
       <c r="F29">
-        <v>5328115.19</v>
+        <v>1424908.85</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="D30">
-        <v>767204100</v>
+        <v>336433107</v>
       </c>
       <c r="E30">
-        <v>61709</v>
+        <v>5034</v>
       </c>
       <c r="F30">
-        <v>4442430.91</v>
+        <v>1357619.46</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="D31">
-        <v>166764100</v>
+        <v>2166160</v>
       </c>
       <c r="E31">
-        <v>26802</v>
+        <v>14216</v>
       </c>
       <c r="F31">
-        <v>4130992.26</v>
+        <v>1326833.61</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="E32">
-        <v>24249</v>
+        <v>37763</v>
       </c>
       <c r="F32">
-        <v>3355091.64</v>
+        <v>1294138.01</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="C33" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="D33">
-        <v>780259305</v>
+        <v>278865100</v>
       </c>
       <c r="E33">
-        <v>38391</v>
+        <v>4701</v>
       </c>
       <c r="F33">
-        <v>2882012.37</v>
+        <v>1249290.75</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="C34" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>113</v>
+      </c>
+      <c r="D34">
+        <v>833635105</v>
       </c>
       <c r="E34">
-        <v>2153869.77</v>
+        <v>15200</v>
       </c>
       <c r="F34">
-        <v>2153869.77</v>
+        <v>1088928</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="C35" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>116</v>
+      </c>
+      <c r="D35">
+        <v>2171573</v>
       </c>
       <c r="E35">
-        <v>33652</v>
+        <v>31041</v>
       </c>
       <c r="F35">
-        <v>2135555.92</v>
+        <v>1024283.68</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="C36" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="D36" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="E36">
-        <v>50322</v>
+        <v>38024</v>
       </c>
       <c r="F36">
-        <v>2071756.74</v>
+        <v>876072.96</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="C37" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D37" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E37">
-        <v>32235</v>
+        <v>23037</v>
       </c>
       <c r="F37">
-        <v>2000504.1</v>
+        <v>870107.49</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="C38" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>125</v>
+      </c>
+      <c r="D38">
+        <v>6497509</v>
       </c>
       <c r="E38">
-        <v>163825</v>
+        <v>61884</v>
       </c>
       <c r="F38">
-        <v>1903646.5</v>
+        <v>868176.05</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="B39" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="C39" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="D39" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="E39">
-        <v>393408</v>
+        <v>7886</v>
       </c>
       <c r="F39">
-        <v>1835799.53</v>
+        <v>816201</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="B40" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="C40" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>6086253</v>
+        <v>132</v>
+      </c>
+      <c r="D40" t="s">
+        <v>133</v>
       </c>
       <c r="E40">
-        <v>116192</v>
+        <v>17629</v>
       </c>
       <c r="F40">
-        <v>1584975.31</v>
+        <v>762802.58</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="B41" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="C41" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="D41">
-        <v>2166160</v>
+        <v>2347608</v>
       </c>
       <c r="E41">
-        <v>14788</v>
+        <v>27347</v>
       </c>
       <c r="F41">
-        <v>1580711.2</v>
+        <v>729199.94</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B42" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="C42" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>137</v>
+      </c>
+      <c r="D42">
+        <v>2879327</v>
       </c>
       <c r="E42">
-        <v>16145</v>
+        <v>15481</v>
       </c>
       <c r="F42">
-        <v>1401224.55</v>
+        <v>721997.07</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="C43" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>140</v>
+      </c>
+      <c r="D43">
+        <v>125269100</v>
       </c>
       <c r="E43">
-        <v>627415</v>
+        <v>8952</v>
       </c>
       <c r="F43">
-        <v>1344538.58</v>
+        <v>693332.4</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B44" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="C44" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>142</v>
+      </c>
+      <c r="D44">
+        <v>6000305</v>
       </c>
       <c r="E44">
-        <v>22897</v>
+        <v>144661</v>
       </c>
       <c r="F44">
-        <v>1305231.68</v>
+        <v>693232.06</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B45" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C45" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>278865100</v>
+        <v>144</v>
+      </c>
+      <c r="D45" t="s">
+        <v>145</v>
       </c>
       <c r="E45">
-        <v>4689</v>
+        <v>72127</v>
       </c>
       <c r="F45">
-        <v>1257964.92</v>
+        <v>680878.88</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B46" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C46" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>336433107</v>
+        <v>147</v>
+      </c>
+      <c r="D46" t="s">
+        <v>148</v>
       </c>
       <c r="E46">
-        <v>4984</v>
+        <v>7295</v>
       </c>
       <c r="F46">
-        <v>1194166.4</v>
+        <v>665595.8</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="B47" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C47" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>151</v>
+      </c>
+      <c r="D47">
+        <v>2454241</v>
       </c>
       <c r="E47">
-        <v>34011</v>
+        <v>7203</v>
       </c>
       <c r="F47">
-        <v>1172019.06</v>
+        <v>618545.13</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B48" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C48" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>153</v>
+      </c>
+      <c r="D48">
+        <v>2866857</v>
       </c>
       <c r="E48">
-        <v>55592</v>
+        <v>28571</v>
       </c>
       <c r="F48">
-        <v>1139391.94</v>
+        <v>610390.44</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B49" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C49" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>155</v>
+      </c>
+      <c r="D49">
+        <v>7751259</v>
       </c>
       <c r="E49">
-        <v>29898</v>
+        <v>14483</v>
       </c>
       <c r="F49">
-        <v>1100408.36</v>
+        <v>603717.79</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B50" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C50" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D50" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E50">
-        <v>35021</v>
+        <v>4082</v>
       </c>
       <c r="F50">
-        <v>843655.89</v>
+        <v>597237.42</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B51" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C51" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>161</v>
+      </c>
+      <c r="D51">
+        <v>674599105</v>
       </c>
       <c r="E51">
-        <v>22222</v>
+        <v>14268</v>
       </c>
       <c r="F51">
-        <v>824880.64</v>
+        <v>568579.8</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B52" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C52" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>2171573</v>
+        <v>164</v>
+      </c>
+      <c r="D52" t="s">
+        <v>165</v>
       </c>
       <c r="E52">
-        <v>26058</v>
+        <v>679</v>
       </c>
       <c r="F52">
-        <v>816655.38</v>
+        <v>530219.94</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
         <v>162</v>
       </c>
       <c r="B53" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C53" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>6497509</v>
+        <v>167</v>
+      </c>
+      <c r="D53" t="s">
+        <v>168</v>
       </c>
       <c r="E53">
-        <v>54447</v>
+        <v>9402</v>
       </c>
       <c r="F53">
-        <v>750925.24</v>
+        <v>515439.7</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B54" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C54" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>6000305</v>
+        <v>170</v>
+      </c>
+      <c r="D54" t="s">
+        <v>171</v>
       </c>
       <c r="E54">
-        <v>164791</v>
+        <v>3651</v>
       </c>
       <c r="F54">
-        <v>696107.32</v>
+        <v>506758.8</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B55" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C55" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D55" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="E55">
-        <v>6487</v>
+        <v>42859</v>
       </c>
       <c r="F55">
-        <v>686973.3</v>
+        <v>491081.27</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B56" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C56" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D56" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E56">
-        <v>7000</v>
+        <v>3757</v>
       </c>
       <c r="F56">
-        <v>679000</v>
+        <v>490476.35</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B57" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C57" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>2454241</v>
+        <v>179</v>
+      </c>
+      <c r="D57" t="s">
+        <v>180</v>
       </c>
       <c r="E57">
-        <v>7065</v>
+        <v>8959</v>
       </c>
       <c r="F57">
-        <v>646102.17</v>
+        <v>488265.5</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B58" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C58" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D58">
-        <v>125269100</v>
+        <v>165167735</v>
       </c>
       <c r="E58">
-        <v>7093</v>
+        <v>4356</v>
       </c>
       <c r="F58">
-        <v>610707.3</v>
+        <v>476938.44</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B59" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C59" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D59" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E59">
-        <v>57063</v>
+        <v>28466</v>
       </c>
       <c r="F59">
-        <v>604867.8</v>
+        <v>476847.44</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B60" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C60" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>833635105</v>
+        <v>188</v>
+      </c>
+      <c r="D60" t="s">
+        <v>189</v>
       </c>
       <c r="E60">
-        <v>13473</v>
+        <v>8672</v>
       </c>
       <c r="F60">
-        <v>602377.83</v>
+        <v>467680.96</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B61" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C61" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>2879327</v>
+        <v>191</v>
+      </c>
+      <c r="D61" t="s">
+        <v>192</v>
       </c>
       <c r="E61">
-        <v>13942</v>
+        <v>270195</v>
       </c>
       <c r="F61">
-        <v>602194.37</v>
+        <v>464516.63</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B62" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="C62" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="D62" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="E62">
-        <v>15098</v>
+        <v>7634</v>
       </c>
       <c r="F62">
-        <v>598503.68</v>
+        <v>463705.22</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B63" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C63" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>197</v>
+      </c>
+      <c r="D63">
+        <v>6728793</v>
       </c>
       <c r="E63">
-        <v>3936</v>
+        <v>414030</v>
       </c>
       <c r="F63">
-        <v>555527.04</v>
+        <v>462987.31</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B64" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C64" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D64" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E64">
-        <v>3601</v>
+        <v>18118</v>
       </c>
       <c r="F64">
-        <v>541950.5</v>
+        <v>440448.58</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="B65" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C65" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>2347608</v>
+        <v>202</v>
+      </c>
+      <c r="D65" t="s">
+        <v>203</v>
       </c>
       <c r="E65">
-        <v>23427</v>
+        <v>28284</v>
       </c>
       <c r="F65">
-        <v>523252.03</v>
+        <v>439904.53</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="B66" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C66" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>205</v>
+      </c>
+      <c r="D66">
+        <v>891092108</v>
       </c>
       <c r="E66">
-        <v>674</v>
+        <v>5468</v>
       </c>
       <c r="F66">
-        <v>512503.56</v>
+        <v>434268.56</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="B67" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C67" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D67" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E67">
-        <v>9384</v>
+        <v>4093</v>
       </c>
       <c r="F67">
-        <v>511428</v>
+        <v>431606.85</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="B68" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C68" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D68">
-        <v>7751259</v>
+        <v>4031879</v>
       </c>
       <c r="E68">
-        <v>13638</v>
+        <v>12447</v>
       </c>
       <c r="F68">
-        <v>507667.95</v>
+        <v>429227.12</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="B69" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C69" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>213</v>
+      </c>
+      <c r="D69">
+        <v>6858849</v>
       </c>
       <c r="E69">
-        <v>3707</v>
+        <v>10305</v>
       </c>
       <c r="F69">
-        <v>499740.67</v>
+        <v>423004.03</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="B70" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C70" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D70" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E70">
-        <v>9418</v>
+        <v>12429</v>
       </c>
       <c r="F70">
-        <v>491431.24</v>
+        <v>421872.83</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="B71" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C71" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D71" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E71">
-        <v>16560</v>
+        <v>157164</v>
       </c>
       <c r="F71">
-        <v>486532.8</v>
+        <v>370458.23</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>196</v>
+        <v>220</v>
       </c>
       <c r="B72" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C72" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D72" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E72">
-        <v>15088</v>
+        <v>17342</v>
       </c>
       <c r="F72">
-        <v>477755.59</v>
+        <v>343126.03</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
-        <v>196</v>
+        <v>220</v>
       </c>
       <c r="B73" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C73" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>674599105</v>
+        <v>225</v>
+      </c>
+      <c r="D73" t="s">
+        <v>226</v>
       </c>
       <c r="E73">
-        <v>11681</v>
+        <v>116404</v>
       </c>
       <c r="F73">
-        <v>476935.23</v>
+        <v>342390</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B74" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C74" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>228</v>
+      </c>
+      <c r="D74">
+        <v>5669354</v>
       </c>
       <c r="E74">
-        <v>4219</v>
+        <v>16994</v>
       </c>
       <c r="F74">
-        <v>455314.48</v>
+        <v>316130.67</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B75" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C75" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D75" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="E75">
-        <v>9396</v>
+        <v>8818</v>
       </c>
       <c r="F75">
-        <v>433172.61</v>
+        <v>314538.06</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B76" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C76" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D76">
-        <v>4031879</v>
+        <v>553368101</v>
       </c>
       <c r="E76">
-        <v>12495</v>
+        <v>5884</v>
       </c>
       <c r="F76">
-        <v>428862.83</v>
+        <v>314087.92</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B77" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C77" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>236</v>
+      </c>
+      <c r="D77">
+        <v>279158109</v>
       </c>
       <c r="E77">
-        <v>251346</v>
+        <v>30681</v>
       </c>
       <c r="F77">
-        <v>420228.27</v>
+        <v>297298.89</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B78" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C78" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>238</v>
+      </c>
+      <c r="D78">
+        <v>551073307</v>
       </c>
       <c r="E78">
-        <v>40186</v>
+        <v>34307</v>
       </c>
       <c r="F78">
-        <v>418366.9</v>
+        <v>288864.94</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B79" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C79" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D79" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E79">
-        <v>23317</v>
+        <v>2728</v>
       </c>
       <c r="F79">
-        <v>393482.22</v>
+        <v>288295.04</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B80" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C80" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>165167735</v>
+        <v>243</v>
+      </c>
+      <c r="D80" t="s">
+        <v>244</v>
       </c>
       <c r="E80">
-        <v>3894</v>
+        <v>11672</v>
       </c>
       <c r="F80">
-        <v>393294</v>
+        <v>280482.47</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B81" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C81" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>246</v>
+      </c>
+      <c r="D81">
+        <v>127097103</v>
       </c>
       <c r="E81">
-        <v>6618</v>
+        <v>10664</v>
       </c>
       <c r="F81">
-        <v>390776.45</v>
+        <v>275024.56</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B82" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C82" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>2866857</v>
+        <v>248</v>
+      </c>
+      <c r="D82" t="s">
+        <v>249</v>
       </c>
       <c r="E82">
-        <v>24681</v>
+        <v>5580</v>
       </c>
       <c r="F82">
-        <v>390291.83</v>
+        <v>268926.56</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B83" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C83" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D83">
-        <v>553368101</v>
+        <v>4651459</v>
       </c>
       <c r="E83">
-        <v>6000</v>
+        <v>4802</v>
       </c>
       <c r="F83">
-        <v>389640</v>
+        <v>265244.5</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B84" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C84" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>6728793</v>
+        <v>253</v>
+      </c>
+      <c r="D84" t="s">
+        <v>254</v>
       </c>
       <c r="E84">
-        <v>430000</v>
+        <v>138811</v>
       </c>
       <c r="F84">
-        <v>379661.63</v>
+        <v>259898.86</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
-        <v>230</v>
+        <v>255</v>
       </c>
       <c r="B85" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C85" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D85" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="E85">
-        <v>179685</v>
+        <v>5529</v>
       </c>
       <c r="F85">
-        <v>373813.88</v>
+        <v>246241.59</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
-        <v>230</v>
+        <v>259</v>
       </c>
       <c r="B86" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C86" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D86" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="E86">
-        <v>23316</v>
+        <v>31173</v>
       </c>
       <c r="F86">
-        <v>372392.88</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
-        <v>230</v>
+        <v>259</v>
       </c>
       <c r="B87" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="C87" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="D87" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="E87">
-        <v>233020</v>
+        <v>488696</v>
       </c>
       <c r="F87">
-        <v>364396.01</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B88" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C88" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>891092108</v>
+        <v>267</v>
+      </c>
+      <c r="D88" t="s">
+        <v>268</v>
       </c>
       <c r="E88">
-        <v>4633</v>
+        <v>52122</v>
       </c>
       <c r="F88">
-        <v>346409.41</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B89" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="C89" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>6858849</v>
+        <v>270</v>
+      </c>
+      <c r="D89" t="s">
+        <v>271</v>
       </c>
       <c r="E89">
-        <v>10442</v>
+        <v>181762</v>
       </c>
       <c r="F89">
-        <v>336754.59</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B90" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="C90" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>273</v>
+      </c>
+      <c r="D90">
+        <v>5140989</v>
       </c>
       <c r="E90">
-        <v>17105</v>
+        <v>523190</v>
       </c>
       <c r="F90">
-        <v>318480.92</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B91" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="C91" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="D91" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="E91">
-        <v>2909</v>
+        <v>13358</v>
       </c>
       <c r="F91">
-        <v>316702.83</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="B92" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C92" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>551073307</v>
+        <v>278</v>
+      </c>
+      <c r="D92" t="s">
+        <v>279</v>
       </c>
       <c r="E92">
-        <v>30000</v>
+        <v>-231.69</v>
       </c>
       <c r="F92">
-        <v>301725</v>
-[...459 lines deleted...]
-        <v>-668.05</v>
+        <v>-36.53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>