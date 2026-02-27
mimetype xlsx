--- v1 (2025-12-28)
+++ v2 (2026-02-27)
@@ -12,950 +12,952 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>ARIS ETF</t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>17.24%</t>
-[...23 lines deleted...]
-    <t>12.66%</t>
+    <t>16.02%</t>
+  </si>
+  <si>
+    <t>US 10YR NOTE (CBT)Jun26</t>
+  </si>
+  <si>
+    <t>TYM6 Comdty</t>
+  </si>
+  <si>
+    <t>TYM6 COMDTY</t>
+  </si>
+  <si>
+    <t>16.01%</t>
+  </si>
+  <si>
+    <t>US ULTRA BOND CBT Jun26</t>
+  </si>
+  <si>
+    <t>WNM6 Comdty</t>
+  </si>
+  <si>
+    <t>WNM6 COMDTY</t>
+  </si>
+  <si>
+    <t>11.58%</t>
   </si>
   <si>
     <t>Vanguard Total Stock Market ETF</t>
   </si>
   <si>
     <t>VTI</t>
   </si>
   <si>
-    <t>11.83%</t>
-[...8 lines deleted...]
-    <t>10.85%</t>
+    <t>11.50%</t>
   </si>
   <si>
     <t>SPDR Gold MiniShares Trust</t>
   </si>
   <si>
     <t>GLDM</t>
   </si>
   <si>
     <t>98149E303</t>
   </si>
   <si>
-    <t>7.47%</t>
+    <t>10.99%</t>
+  </si>
+  <si>
+    <t>United States Treasury Bill 04/28/2026</t>
+  </si>
+  <si>
+    <t>912797TK3</t>
+  </si>
+  <si>
+    <t>7.45%</t>
   </si>
   <si>
     <t>Vanguard FTSE Emerging Markets ETF</t>
   </si>
   <si>
     <t>VWO</t>
   </si>
   <si>
-    <t>5.11%</t>
+    <t>5.29%</t>
   </si>
   <si>
     <t>VANGUARD FTSE DEVELOPED ETF</t>
   </si>
   <si>
     <t>VEA</t>
   </si>
   <si>
-    <t>2.19%</t>
+    <t>1.96%</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>1.31%</t>
+    <t>1.60%</t>
+  </si>
+  <si>
+    <t>Deere &amp; Co</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>1.51%</t>
   </si>
   <si>
     <t>Exxon Mobil Corp</t>
   </si>
   <si>
     <t>XOM</t>
   </si>
   <si>
     <t>30231G102</t>
   </si>
   <si>
-    <t>Deere &amp; Co</t>
-[...5 lines deleted...]
-    <t>0.94%</t>
+    <t>1.13%</t>
   </si>
   <si>
     <t>BHP Group Ltd</t>
   </si>
   <si>
     <t>BHP</t>
   </si>
   <si>
     <t>088606108</t>
   </si>
   <si>
-    <t>0.83%</t>
+    <t>0.93%</t>
   </si>
   <si>
     <t>Rio Tinto PLC</t>
   </si>
   <si>
     <t>RIO</t>
   </si>
   <si>
-    <t>0.78%</t>
+    <t>0.92%</t>
+  </si>
+  <si>
+    <t>Southern Copper Corp</t>
+  </si>
+  <si>
+    <t>SCCO</t>
+  </si>
+  <si>
+    <t>84265V105</t>
+  </si>
+  <si>
+    <t>0.88%</t>
   </si>
   <si>
     <t>Chevron Corp</t>
   </si>
   <si>
     <t>CVX</t>
   </si>
   <si>
-    <t>0.69%</t>
-[...11 lines deleted...]
-    <t>0.54%</t>
+    <t>0.55%</t>
   </si>
   <si>
     <t>Shell PLC</t>
   </si>
   <si>
     <t>SHEL</t>
   </si>
   <si>
-    <t>0.45%</t>
+    <t>0.53%</t>
+  </si>
+  <si>
+    <t>Freeport-McMoRan Inc</t>
+  </si>
+  <si>
+    <t>FCX</t>
+  </si>
+  <si>
+    <t>35671D857</t>
+  </si>
+  <si>
+    <t>0.49%</t>
   </si>
   <si>
     <t>Corteva Inc</t>
   </si>
   <si>
     <t>CTVA</t>
   </si>
   <si>
     <t>22052L104</t>
   </si>
   <si>
-    <t>0.44%</t>
-[...11 lines deleted...]
-    <t>0.38%</t>
+    <t>0.47%</t>
   </si>
   <si>
     <t>Glencore PLC</t>
   </si>
   <si>
     <t>GLEN LN</t>
   </si>
   <si>
     <t>B4T3BW6</t>
   </si>
   <si>
-    <t>0.36%</t>
+    <t>0.43%</t>
+  </si>
+  <si>
+    <t>Vale SA</t>
+  </si>
+  <si>
+    <t>VALE</t>
+  </si>
+  <si>
+    <t>91912E105</t>
+  </si>
+  <si>
+    <t>0.40%</t>
   </si>
   <si>
     <t>TotalEnergies SE</t>
   </si>
   <si>
     <t>TTE</t>
   </si>
   <si>
     <t>F92124100</t>
   </si>
   <si>
-    <t>Vale SA</t>
-[...8 lines deleted...]
-    <t>0.34%</t>
+    <t>0.39%</t>
   </si>
   <si>
     <t>CMOC Group Ltd</t>
   </si>
   <si>
     <t>3993 HK</t>
   </si>
   <si>
     <t>B1VRCG6</t>
   </si>
   <si>
-    <t>0.30%</t>
+    <t>0.33%</t>
+  </si>
+  <si>
+    <t>ConocoPhillips</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>0.32%</t>
   </si>
   <si>
     <t>Nutrien Ltd</t>
   </si>
   <si>
     <t>NTR CN</t>
   </si>
   <si>
     <t>BDRJLN0</t>
   </si>
   <si>
-    <t>0.29%</t>
-[...11 lines deleted...]
-    <t>0.28%</t>
+    <t>0.31%</t>
+  </si>
+  <si>
+    <t>Antofagasta PLC</t>
+  </si>
+  <si>
+    <t>ANTO LN</t>
+  </si>
+  <si>
+    <t>0045614</t>
+  </si>
+  <si>
+    <t>0.27%</t>
+  </si>
+  <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>CCO CN</t>
+  </si>
+  <si>
+    <t>0.26%</t>
   </si>
   <si>
     <t>Fortescue Ltd</t>
   </si>
   <si>
     <t>FMG AU</t>
   </si>
   <si>
-    <t>0.26%</t>
-[...11 lines deleted...]
-    <t>0.25%</t>
+    <t>0.23%</t>
+  </si>
+  <si>
+    <t>Ecolab Inc</t>
+  </si>
+  <si>
+    <t>ECL</t>
+  </si>
+  <si>
+    <t>BP PLC</t>
+  </si>
+  <si>
+    <t>BP</t>
+  </si>
+  <si>
+    <t>055622104</t>
+  </si>
+  <si>
+    <t>0.22%</t>
+  </si>
+  <si>
+    <t>CANADIAN NAT RES LTD</t>
+  </si>
+  <si>
+    <t>CNQ CN</t>
   </si>
   <si>
     <t>Vestas Wind Systems A/S</t>
   </si>
   <si>
     <t>VWS DC</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
   <si>
-    <t>0.24%</t>
+    <t>0.20%</t>
+  </si>
+  <si>
+    <t>Kubota Corp</t>
+  </si>
+  <si>
+    <t>6326 JP</t>
+  </si>
+  <si>
+    <t>0.19%</t>
+  </si>
+  <si>
+    <t>Sociedad Quimica y Minera de Chile SA</t>
+  </si>
+  <si>
+    <t>SQM</t>
+  </si>
+  <si>
+    <t>0.18%</t>
+  </si>
+  <si>
+    <t>Equinor ASA</t>
+  </si>
+  <si>
+    <t>EQNR</t>
+  </si>
+  <si>
+    <t>29446M102</t>
+  </si>
+  <si>
+    <t>0.17%</t>
+  </si>
+  <si>
+    <t>Eni SpA</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>26874R108</t>
+  </si>
+  <si>
+    <t>0.16%</t>
   </si>
   <si>
     <t>First Solar Inc</t>
   </si>
   <si>
     <t>FSLR</t>
   </si>
   <si>
-    <t>0.23%</t>
-[...41 lines deleted...]
-    <t>CNQ CN</t>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU CN</t>
+  </si>
+  <si>
+    <t>B3NB1P2</t>
+  </si>
+  <si>
+    <t>EOG Resources Inc</t>
+  </si>
+  <si>
+    <t>EOG</t>
+  </si>
+  <si>
+    <t>26875P101</t>
   </si>
   <si>
     <t>0.15%</t>
   </si>
   <si>
-    <t>Equinor ASA</t>
-[...20 lines deleted...]
-    <t>6326 JP</t>
+    <t>Teck Resources Ltd</t>
+  </si>
+  <si>
+    <t>TECK/B CN</t>
+  </si>
+  <si>
+    <t>Lundin Mining Corp</t>
+  </si>
+  <si>
+    <t>LUN CN</t>
   </si>
   <si>
     <t>0.14%</t>
   </si>
   <si>
-    <t>EOG Resources Inc</t>
-[...5 lines deleted...]
-    <t>26875P101</t>
+    <t>CNH Industrial NV</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>N20944109</t>
+  </si>
+  <si>
+    <t>CF Industries Holdings Inc</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>Imperial Oil Ltd</t>
+  </si>
+  <si>
+    <t>IMO CN</t>
+  </si>
+  <si>
+    <t>Jiangxi Copper Co Ltd</t>
+  </si>
+  <si>
+    <t>358 HK</t>
   </si>
   <si>
     <t>0.13%</t>
   </si>
   <si>
-    <t>Suncor Energy Inc</t>
-[...7 lines deleted...]
-  <si>
     <t>First Quantum Minerals Ltd</t>
   </si>
   <si>
     <t>FM CN</t>
   </si>
   <si>
-    <t>Teck Resources Ltd</t>
-[...2 lines deleted...]
-    <t>TECK/B CN</t>
+    <t>Nextpower Inc</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>65290E101</t>
   </si>
   <si>
     <t>0.12%</t>
   </si>
   <si>
-    <t>CF Industries Holdings Inc</t>
-[...26 lines deleted...]
-    <t>65290E101</t>
+    <t>Sumitomo Metal Mining Co Ltd</t>
+  </si>
+  <si>
+    <t>5713 JP</t>
+  </si>
+  <si>
+    <t>Occidental Petroleum Corp</t>
+  </si>
+  <si>
+    <t>OXY</t>
+  </si>
+  <si>
+    <t>NAC Kazatomprom JSC</t>
+  </si>
+  <si>
+    <t>KAP LI</t>
+  </si>
+  <si>
+    <t>BGXQL36</t>
+  </si>
+  <si>
+    <t>Boliden AB</t>
+  </si>
+  <si>
+    <t>BOL SS</t>
+  </si>
+  <si>
+    <t>BPYTZ57</t>
+  </si>
+  <si>
+    <t>Yara International ASA</t>
+  </si>
+  <si>
+    <t>YAR NO</t>
   </si>
   <si>
     <t>0.11%</t>
   </si>
   <si>
-    <t>Imperial Oil Ltd</t>
-[...16 lines deleted...]
-  <si>
     <t>Diamondback Energy Inc</t>
   </si>
   <si>
     <t>FANG</t>
   </si>
   <si>
     <t>25278X109</t>
   </si>
   <si>
     <t>0.10%</t>
   </si>
   <si>
-    <t>Occidental Petroleum Corp</t>
-[...2 lines deleted...]
-    <t>OXY</t>
+    <t>Cenovus Energy Inc</t>
+  </si>
+  <si>
+    <t>CVE CN</t>
+  </si>
+  <si>
+    <t>B57FG04</t>
+  </si>
+  <si>
+    <t>Nordex SE</t>
+  </si>
+  <si>
+    <t>NDX1 GR</t>
+  </si>
+  <si>
+    <t>B06CF71</t>
   </si>
   <si>
     <t>0.09%</t>
   </si>
   <si>
+    <t>Woodside Energy Group Ltd</t>
+  </si>
+  <si>
+    <t>WDS AU</t>
+  </si>
+  <si>
+    <t>BMGT167</t>
+  </si>
+  <si>
     <t>Geberit AG</t>
   </si>
   <si>
     <t>GEBN SW</t>
   </si>
   <si>
     <t>B1WGG93</t>
   </si>
   <si>
-    <t>Boliden AB</t>
-[...5 lines deleted...]
-    <t>BPYTZ57</t>
+    <t>MMG Ltd</t>
+  </si>
+  <si>
+    <t>1208 HK</t>
+  </si>
+  <si>
+    <t>AGCO Corp</t>
+  </si>
+  <si>
+    <t>AGCO</t>
+  </si>
+  <si>
+    <t>001084102</t>
+  </si>
+  <si>
+    <t>Goldwind Science &amp; Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2208 HK</t>
+  </si>
+  <si>
+    <t>B59GZJ7</t>
+  </si>
+  <si>
+    <t>Toro Co/The</t>
+  </si>
+  <si>
+    <t>TTC</t>
+  </si>
+  <si>
+    <t>0.08%</t>
+  </si>
+  <si>
+    <t>Veolia Environnement SA</t>
+  </si>
+  <si>
+    <t>VIE FP</t>
+  </si>
+  <si>
+    <t>EQT Corp</t>
+  </si>
+  <si>
+    <t>EQT</t>
+  </si>
+  <si>
+    <t>26884L109</t>
+  </si>
+  <si>
+    <t>South32 Ltd</t>
+  </si>
+  <si>
+    <t>S32 AU</t>
+  </si>
+  <si>
+    <t>BWSW5D9</t>
+  </si>
+  <si>
+    <t>American Water Works Co Inc</t>
+  </si>
+  <si>
+    <t>AWK</t>
+  </si>
+  <si>
+    <t>030420103</t>
+  </si>
+  <si>
+    <t>Mosaic Co/The</t>
+  </si>
+  <si>
+    <t>MOS</t>
+  </si>
+  <si>
+    <t>61945C103</t>
+  </si>
+  <si>
+    <t>Ivanhoe Mines Ltd</t>
+  </si>
+  <si>
+    <t>IVN CN</t>
+  </si>
+  <si>
+    <t>BD73C40</t>
   </si>
   <si>
     <t>Xylem Inc/NY</t>
   </si>
   <si>
     <t>XYL</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
-    <t>Ivanhoe Mines Ltd</t>
-[...28 lines deleted...]
-  <si>
     <t>Expand Energy Corp</t>
   </si>
   <si>
     <t>EXE</t>
   </si>
   <si>
-    <t>Cenovus Energy Inc</t>
-[...23 lines deleted...]
-    <t>B59GZJ7</t>
+    <t>0.07%</t>
   </si>
   <si>
     <t>Salmar ASA</t>
   </si>
   <si>
     <t>SALM NO</t>
   </si>
   <si>
     <t>B1W5NW2</t>
   </si>
   <si>
-    <t>MMG Ltd</t>
-[...68 lines deleted...]
-    <t>BWSW5D9</t>
+    <t>PLS Group Ltd</t>
+  </si>
+  <si>
+    <t>PLS AU</t>
+  </si>
+  <si>
+    <t>B2368L5</t>
+  </si>
+  <si>
+    <t>Lynas Rare Earths Ltd</t>
+  </si>
+  <si>
+    <t>LYSDY</t>
+  </si>
+  <si>
+    <t>Inpex Corp</t>
+  </si>
+  <si>
+    <t>1605 JP</t>
+  </si>
+  <si>
+    <t>B10RB15</t>
   </si>
   <si>
     <t>0.06%</t>
   </si>
   <si>
-    <t>Inpex Corp</t>
-[...16 lines deleted...]
-  <si>
     <t>Repsol SA</t>
   </si>
   <si>
     <t>REP SM</t>
   </si>
   <si>
     <t>Devon Energy Corp</t>
   </si>
   <si>
     <t>DVN</t>
   </si>
   <si>
     <t>25179M103</t>
   </si>
   <si>
+    <t>Ecopetrol SA</t>
+  </si>
+  <si>
+    <t>EC</t>
+  </si>
+  <si>
+    <t>CIA SANEAMENTO BASICO SPONSORED ADR</t>
+  </si>
+  <si>
+    <t>SBS</t>
+  </si>
+  <si>
+    <t>20441A102</t>
+  </si>
+  <si>
     <t>MP Materials Corp</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>0.05%</t>
   </si>
   <si>
-    <t>Ecopetrol SA</t>
-[...8 lines deleted...]
-    <t>LYSDY</t>
+    <t>Coterra Energy Inc</t>
+  </si>
+  <si>
+    <t>CTRA</t>
+  </si>
+  <si>
+    <t>OMV AG</t>
+  </si>
+  <si>
+    <t>OMV AV</t>
+  </si>
+  <si>
+    <t>Halma PLC</t>
+  </si>
+  <si>
+    <t>HLMA LN</t>
+  </si>
+  <si>
+    <t>0405207</t>
+  </si>
+  <si>
+    <t>0.04%</t>
   </si>
   <si>
     <t>Pentair PLC</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>G7S00T104</t>
   </si>
   <si>
-    <t>CIA SANEAMENTO BASICO SPONSORED ADR</t>
-[...28 lines deleted...]
-  <si>
     <t>China Nonferrous Mining Corp Ltd</t>
   </si>
   <si>
     <t>1258 HK</t>
   </si>
   <si>
     <t>B890GY2</t>
   </si>
   <si>
-    <t>0.04%</t>
-[...1 lines deleted...]
-  <si>
     <t>Tourmaline Oil Corp</t>
   </si>
   <si>
     <t>TOU CN</t>
   </si>
   <si>
     <t>B3QJ0H8</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
+    <t>Novatek PJSC</t>
+  </si>
+  <si>
+    <t>NVTK LI</t>
+  </si>
+  <si>
+    <t>B0DK750</t>
+  </si>
+  <si>
     <t>LUKOIL PJSC</t>
   </si>
   <si>
     <t>LKOD LI</t>
   </si>
   <si>
     <t>BYZDW27</t>
   </si>
   <si>
+    <t>Gazprom PJSC</t>
+  </si>
+  <si>
+    <t>OGZD LI</t>
+  </si>
+  <si>
+    <t>PHOSAGRO OJSC GDR EACH REPR 1/3 ORD REG</t>
+  </si>
+  <si>
+    <t>PHOR LI</t>
+  </si>
+  <si>
+    <t>B62QPJ1</t>
+  </si>
+  <si>
+    <t>GMK Norilskiy Nickel PAO</t>
+  </si>
+  <si>
+    <t>MNOD LI</t>
+  </si>
+  <si>
+    <t>BYSW6D0</t>
+  </si>
+  <si>
     <t>Rosneft Oil Co PJSC</t>
   </si>
   <si>
     <t>ROSN LI</t>
   </si>
   <si>
     <t>B17FSC2</t>
-  </si>
-[...40 lines deleted...]
-    <t>CASHDKK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1218,68 +1220,68 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W92"/>
+  <dimension ref="A1:W91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="20.280762" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.567383" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.281" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="16.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
@@ -1299,1852 +1301,1833 @@
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>869</v>
+        <v>877.0</v>
       </c>
       <c r="F4">
-        <v>97830390.63</v>
+        <v>99416171.88</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>814</v>
+        <v>822.0</v>
       </c>
       <c r="F5">
-        <v>96204625</v>
+        <v>99359250.0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6">
         <v>922908769</v>
       </c>
       <c r="E6">
-        <v>211494</v>
+        <v>211200.0</v>
       </c>
       <c r="F6">
-        <v>71838166.98</v>
+        <v>71911488.0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7">
-        <v>67322000</v>
+        <v>694364.0</v>
       </c>
       <c r="F7">
-        <v>67117098.76</v>
+        <v>71401450.12</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8">
-        <v>686476</v>
+        <v>68630000.0</v>
       </c>
       <c r="F8">
-        <v>61583761.96</v>
+        <v>68218362.75</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9">
         <v>922042858</v>
       </c>
       <c r="E9">
-        <v>784322</v>
+        <v>793334.0</v>
       </c>
       <c r="F9">
-        <v>42369074.44</v>
+        <v>46227572.18</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10">
         <v>921943858</v>
       </c>
       <c r="E10">
-        <v>461701</v>
+        <v>467005.0</v>
       </c>
       <c r="F10">
-        <v>28999439.81</v>
+        <v>32835121.55</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11">
-        <v>12419648.38</v>
+        <v>12188077.85</v>
       </c>
       <c r="F11">
-        <v>12419648.38</v>
+        <v>12188077.85</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12" t="s">
-        <v>37</v>
+      <c r="D12">
+        <v>244199105</v>
       </c>
       <c r="E12">
-        <v>62584</v>
+        <v>16036.0</v>
       </c>
       <c r="F12">
-        <v>7454380.24</v>
+        <v>9933660.56</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="D13">
-        <v>244199105</v>
+      <c r="D13" t="s">
+        <v>40</v>
       </c>
       <c r="E13">
-        <v>15856</v>
+        <v>63300.0</v>
       </c>
       <c r="F13">
-        <v>7435354.08</v>
+        <v>9402582.0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E14">
-        <v>85769</v>
+        <v>86753.0</v>
       </c>
       <c r="F14">
-        <v>5308243.41</v>
+        <v>7033065.71</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D15">
         <v>767204100</v>
       </c>
       <c r="E15">
-        <v>57555</v>
+        <v>58215.0</v>
       </c>
       <c r="F15">
-        <v>4733323.2</v>
+        <v>5768524.35</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>166764100</v>
+        <v>50</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
       </c>
       <c r="E16">
-        <v>29462</v>
+        <v>26568.0285</v>
       </c>
       <c r="F16">
-        <v>4419889.24</v>
+        <v>5730723.75</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="D17">
+        <v>166764100</v>
       </c>
       <c r="E17">
-        <v>26047.7115</v>
+        <v>29798.0</v>
       </c>
       <c r="F17">
-        <v>3894653.82</v>
+        <v>5487599.68</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D18">
         <v>780259305</v>
       </c>
       <c r="E18">
-        <v>41800</v>
+        <v>42280.0</v>
       </c>
       <c r="F18">
-        <v>3043458</v>
+        <v>3432290.4</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19">
-        <v>38176</v>
+        <v>48135.0</v>
       </c>
       <c r="F19">
-        <v>2574589.44</v>
+        <v>3291471.3</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C20" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E20">
-        <v>47591</v>
+        <v>38612.0</v>
       </c>
       <c r="F20">
-        <v>2524226.64</v>
+        <v>3043397.84</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E21">
-        <v>409030</v>
+        <v>413730.0</v>
       </c>
       <c r="F21">
-        <v>2178495.12</v>
+        <v>2937803.89</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E22">
-        <v>31112</v>
+        <v>154217.0</v>
       </c>
       <c r="F22">
-        <v>2038769.36</v>
+        <v>2669496.27</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D23" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E23">
-        <v>152465</v>
+        <v>31468.0</v>
       </c>
       <c r="F23">
-        <v>2017111.95</v>
+        <v>2483769.24</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E24">
-        <v>786677</v>
+        <v>798024.0</v>
       </c>
       <c r="F24">
-        <v>1936550.94</v>
+        <v>2442025.05</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B25" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C25" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D25" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E25">
-        <v>26927</v>
+        <v>18266.0</v>
       </c>
       <c r="F25">
-        <v>1712004.01</v>
+        <v>2022046.2</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B26" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E26">
-        <v>18062</v>
+        <v>27235.0</v>
       </c>
       <c r="F26">
-        <v>1653395.48</v>
+        <v>1990008.88</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B27" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>6086253</v>
+        <v>92</v>
+      </c>
+      <c r="D27" t="s">
+        <v>93</v>
       </c>
       <c r="E27">
-        <v>105936</v>
+        <v>33684.0</v>
       </c>
       <c r="F27">
-        <v>1585742.59</v>
+        <v>1938948.73</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>96</v>
+      </c>
+      <c r="D28">
+        <v>2166160</v>
       </c>
       <c r="E28">
-        <v>33304</v>
+        <v>14376.0</v>
       </c>
       <c r="F28">
-        <v>1450327.5</v>
+        <v>1698079.32</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B29" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C29" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="D29">
+        <v>6086253</v>
       </c>
       <c r="E29">
-        <v>52942</v>
+        <v>107152.0</v>
       </c>
       <c r="F29">
-        <v>1424908.85</v>
+        <v>1586112.81</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D30">
-        <v>336433107</v>
+        <v>278865100</v>
       </c>
       <c r="E30">
-        <v>5034</v>
+        <v>4753.0</v>
       </c>
       <c r="F30">
-        <v>1357619.46</v>
+        <v>1458030.28</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B31" t="s">
         <v>103</v>
       </c>
       <c r="C31" t="s">
         <v>104</v>
       </c>
-      <c r="D31">
-        <v>2166160</v>
+      <c r="D31" t="s">
+        <v>105</v>
       </c>
       <c r="E31">
-        <v>14216</v>
+        <v>38195.0</v>
       </c>
       <c r="F31">
-        <v>1326833.61</v>
+        <v>1451028.05</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B32" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>108</v>
+      </c>
+      <c r="D32">
+        <v>2171573</v>
       </c>
       <c r="E32">
-        <v>37763</v>
+        <v>31397.0</v>
       </c>
       <c r="F32">
-        <v>1294138.01</v>
+        <v>1352517.92</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B33" t="s">
         <v>109</v>
       </c>
       <c r="C33" t="s">
         <v>110</v>
       </c>
-      <c r="D33">
-        <v>278865100</v>
+      <c r="D33" t="s">
+        <v>111</v>
       </c>
       <c r="E33">
-        <v>4701</v>
+        <v>53550.0</v>
       </c>
       <c r="F33">
-        <v>1249290.75</v>
+        <v>1350842.04</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B34" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D34">
-        <v>833635105</v>
+        <v>6497509</v>
       </c>
       <c r="E34">
-        <v>15200</v>
+        <v>62592.0</v>
       </c>
       <c r="F34">
-        <v>1088928</v>
+        <v>1236677.36</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B35" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C35" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D35">
-        <v>2171573</v>
+        <v>833635105</v>
       </c>
       <c r="E35">
-        <v>31041</v>
+        <v>15372.0</v>
       </c>
       <c r="F35">
-        <v>1024283.68</v>
+        <v>1198554.84</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B36" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C36" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D36" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E36">
-        <v>38024</v>
+        <v>38460.0</v>
       </c>
       <c r="F36">
-        <v>876072.96</v>
+        <v>1113417.0</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B37" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C37" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D37" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E37">
-        <v>23037</v>
+        <v>23301.0</v>
       </c>
       <c r="F37">
-        <v>870107.49</v>
+        <v>1061127.54</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B38" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C38" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D38">
-        <v>6497509</v>
+        <v>336433107</v>
       </c>
       <c r="E38">
-        <v>61884</v>
+        <v>5090.0</v>
       </c>
       <c r="F38">
-        <v>868176.05</v>
+        <v>1018509.0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
         <v>126</v>
       </c>
       <c r="B39" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C39" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D39" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E39">
-        <v>7886</v>
+        <v>17829.0</v>
       </c>
       <c r="F39">
-        <v>816201</v>
+        <v>989001.71</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B40" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C40" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D40" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E40">
-        <v>17629</v>
+        <v>7974.0</v>
       </c>
       <c r="F40">
-        <v>762802.58</v>
+        <v>965890.62</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B41" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C41" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D41">
-        <v>2347608</v>
+        <v>2879327</v>
       </c>
       <c r="E41">
-        <v>27347</v>
+        <v>15657.0</v>
       </c>
       <c r="F41">
-        <v>729199.94</v>
+        <v>954671.4</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B42" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C42" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D42">
-        <v>2879327</v>
+        <v>2866857</v>
       </c>
       <c r="E42">
-        <v>15481</v>
+        <v>28899.0</v>
       </c>
       <c r="F42">
-        <v>721997.07</v>
+        <v>914622.89</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B43" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C43" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>125269100</v>
+        <v>142</v>
+      </c>
+      <c r="D43" t="s">
+        <v>143</v>
       </c>
       <c r="E43">
-        <v>8952</v>
+        <v>72955.0</v>
       </c>
       <c r="F43">
-        <v>693332.4</v>
+        <v>886403.25</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B44" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C44" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D44">
-        <v>6000305</v>
+        <v>125269100</v>
       </c>
       <c r="E44">
-        <v>144661</v>
+        <v>9052.0</v>
       </c>
       <c r="F44">
-        <v>693232.06</v>
+        <v>879492.32</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B45" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C45" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>147</v>
+      </c>
+      <c r="D45">
+        <v>2454241</v>
       </c>
       <c r="E45">
-        <v>72127</v>
+        <v>7283.0</v>
       </c>
       <c r="F45">
-        <v>680878.88</v>
+        <v>849457.14</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B46" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C46" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>149</v>
+      </c>
+      <c r="D46">
+        <v>6000305</v>
       </c>
       <c r="E46">
-        <v>7295</v>
+        <v>146745.0</v>
       </c>
       <c r="F46">
-        <v>665595.8</v>
+        <v>845960.08</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B47" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C47" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D47">
-        <v>2454241</v>
+        <v>2347608</v>
       </c>
       <c r="E47">
-        <v>7203</v>
+        <v>27659.0</v>
       </c>
       <c r="F47">
-        <v>618545.13</v>
+        <v>835762.83</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B48" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C48" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>2866857</v>
+        <v>154</v>
+      </c>
+      <c r="D48" t="s">
+        <v>155</v>
       </c>
       <c r="E48">
-        <v>28571</v>
+        <v>7375.0</v>
       </c>
       <c r="F48">
-        <v>610390.44</v>
+        <v>788092.5</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B49" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C49" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D49">
-        <v>7751259</v>
+        <v>6858849</v>
       </c>
       <c r="E49">
-        <v>14483</v>
+        <v>10421.0</v>
       </c>
       <c r="F49">
-        <v>603717.79</v>
+        <v>757666.27</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B50" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C50" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>160</v>
+      </c>
+      <c r="D50">
+        <v>674599105</v>
       </c>
       <c r="E50">
-        <v>4082</v>
+        <v>14432.0</v>
       </c>
       <c r="F50">
-        <v>597237.42</v>
+        <v>742237.76</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B51" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C51" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>674599105</v>
+        <v>162</v>
+      </c>
+      <c r="D51" t="s">
+        <v>163</v>
       </c>
       <c r="E51">
-        <v>14268</v>
+        <v>9059.0</v>
       </c>
       <c r="F51">
-        <v>568579.8</v>
+        <v>736496.7</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="B52" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C52" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D52" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E52">
-        <v>679</v>
+        <v>9510.0</v>
       </c>
       <c r="F52">
-        <v>530219.94</v>
+        <v>734859.34</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="B53" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C53" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>168</v>
       </c>
+      <c r="D53">
+        <v>7751259</v>
+      </c>
       <c r="E53">
-        <v>9402</v>
+        <v>14647.0</v>
       </c>
       <c r="F53">
-        <v>515439.7</v>
+        <v>725902.14</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B54" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C54" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D54" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E54">
-        <v>3651</v>
+        <v>4126.0</v>
       </c>
       <c r="F54">
-        <v>506758.8</v>
+        <v>688959.48</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="B55" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C55" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D55" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E55">
-        <v>42859</v>
+        <v>28790.0</v>
       </c>
       <c r="F55">
-        <v>491081.27</v>
+        <v>634938.95</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="B56" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C56" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D56" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E56">
-        <v>3757</v>
+        <v>12569.0</v>
       </c>
       <c r="F56">
-        <v>490476.35</v>
+        <v>620464.34</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>162</v>
+        <v>180</v>
       </c>
       <c r="B57" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C57" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D57" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E57">
-        <v>8959</v>
+        <v>28608.0</v>
       </c>
       <c r="F57">
-        <v>488265.5</v>
+        <v>567468.33</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B58" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C58" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>165167735</v>
+        <v>185</v>
+      </c>
+      <c r="D58" t="s">
+        <v>186</v>
       </c>
       <c r="E58">
-        <v>4356</v>
+        <v>683.0</v>
       </c>
       <c r="F58">
-        <v>476938.44</v>
+        <v>565819.71</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B59" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C59" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>188</v>
+      </c>
+      <c r="D59">
+        <v>6728793</v>
       </c>
       <c r="E59">
-        <v>28466</v>
+        <v>420001.0</v>
       </c>
       <c r="F59">
-        <v>476847.44</v>
+        <v>565312.66</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B60" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C60" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D60" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E60">
-        <v>8672</v>
+        <v>4137.0</v>
       </c>
       <c r="F60">
-        <v>467680.96</v>
+        <v>553199.64</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B61" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C61" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D61" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E61">
-        <v>270195</v>
+        <v>274089.0</v>
       </c>
       <c r="F61">
-        <v>464516.63</v>
+        <v>545494.32</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B62" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C62" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>196</v>
+      </c>
+      <c r="D62">
+        <v>891092108</v>
       </c>
       <c r="E62">
-        <v>7634</v>
+        <v>5528.0</v>
       </c>
       <c r="F62">
-        <v>463705.22</v>
+        <v>544452.72</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="B63" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C63" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D63">
-        <v>6728793</v>
+        <v>4031879</v>
       </c>
       <c r="E63">
-        <v>414030</v>
+        <v>12587.0</v>
       </c>
       <c r="F63">
-        <v>462987.31</v>
+        <v>526159.97</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="B64" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C64" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D64" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E64">
-        <v>18118</v>
+        <v>8768.0</v>
       </c>
       <c r="F64">
-        <v>440448.58</v>
+        <v>523800.32</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="B65" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C65" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D65" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E65">
-        <v>28284</v>
+        <v>158968.0</v>
       </c>
       <c r="F65">
-        <v>439904.53</v>
+        <v>519152.89</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="B66" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C66" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>891092108</v>
+        <v>207</v>
+      </c>
+      <c r="D66" t="s">
+        <v>208</v>
       </c>
       <c r="E66">
-        <v>5468</v>
+        <v>3797.0</v>
       </c>
       <c r="F66">
-        <v>434268.56</v>
+        <v>510013.04</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="B67" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C67" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D67" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E67">
-        <v>4093</v>
+        <v>18326.0</v>
       </c>
       <c r="F67">
-        <v>431606.85</v>
+        <v>497734.16</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="B68" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C68" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>4031879</v>
+        <v>213</v>
+      </c>
+      <c r="D68" t="s">
+        <v>214</v>
       </c>
       <c r="E68">
-        <v>12447</v>
+        <v>43351.0</v>
       </c>
       <c r="F68">
-        <v>429227.12</v>
+        <v>495141.31</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>211</v>
+        <v>197</v>
       </c>
       <c r="B69" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C69" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>6858849</v>
+        <v>216</v>
+      </c>
+      <c r="D69" t="s">
+        <v>217</v>
       </c>
       <c r="E69">
-        <v>10305</v>
+        <v>3691.0</v>
       </c>
       <c r="F69">
-        <v>423004.03</v>
+        <v>486953.63</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>211</v>
+        <v>197</v>
       </c>
       <c r="B70" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C70" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>219</v>
+      </c>
+      <c r="D70">
+        <v>165167735</v>
       </c>
       <c r="E70">
-        <v>12429</v>
+        <v>4404.0</v>
       </c>
       <c r="F70">
-        <v>421872.83</v>
+        <v>468101.16</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="B71" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C71" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D71" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E71">
-        <v>157164</v>
+        <v>7718.0</v>
       </c>
       <c r="F71">
-        <v>370458.23</v>
+        <v>457726.26</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
         <v>220</v>
       </c>
       <c r="B72" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C72" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D72" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="E72">
-        <v>17342</v>
+        <v>117740.0</v>
       </c>
       <c r="F72">
-        <v>343126.03</v>
+        <v>438844.91</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
         <v>220</v>
       </c>
       <c r="B73" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C73" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>228</v>
+      </c>
+      <c r="D73">
+        <v>551073307</v>
       </c>
       <c r="E73">
-        <v>116404</v>
+        <v>34699.0</v>
       </c>
       <c r="F73">
-        <v>342390</v>
+        <v>417775.96</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
         <v>220</v>
       </c>
       <c r="B74" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C74" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>5669354</v>
+        <v>230</v>
+      </c>
+      <c r="D74" t="s">
+        <v>231</v>
       </c>
       <c r="E74">
-        <v>16994</v>
+        <v>17538.0</v>
       </c>
       <c r="F74">
-        <v>316130.67</v>
+        <v>414172.84</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="B75" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C75" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>234</v>
+      </c>
+      <c r="D75">
+        <v>5669354</v>
       </c>
       <c r="E75">
-        <v>8818</v>
+        <v>17186.0</v>
       </c>
       <c r="F75">
-        <v>314538.06</v>
+        <v>384752.11</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="B76" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C76" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>553368101</v>
+        <v>236</v>
+      </c>
+      <c r="D76" t="s">
+        <v>237</v>
       </c>
       <c r="E76">
-        <v>5884</v>
+        <v>8918.0</v>
       </c>
       <c r="F76">
-        <v>314087.92</v>
+        <v>380441.88</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B77" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C77" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D77">
         <v>279158109</v>
       </c>
       <c r="E77">
-        <v>30681</v>
+        <v>31033.0</v>
       </c>
       <c r="F77">
-        <v>297298.89</v>
+        <v>372396.0</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B78" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C78" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>551073307</v>
+        <v>241</v>
+      </c>
+      <c r="D78" t="s">
+        <v>242</v>
       </c>
       <c r="E78">
-        <v>34307</v>
+        <v>11804.0</v>
       </c>
       <c r="F78">
-        <v>288864.94</v>
+        <v>357543.16</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B79" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C79" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>244</v>
+      </c>
+      <c r="D79">
+        <v>553368101</v>
       </c>
       <c r="E79">
-        <v>2728</v>
+        <v>5948.0</v>
       </c>
       <c r="F79">
-        <v>288295.04</v>
+        <v>356880.0</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="B80" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C80" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>247</v>
+      </c>
+      <c r="D80">
+        <v>127097103</v>
       </c>
       <c r="E80">
-        <v>11672</v>
+        <v>10784.0</v>
       </c>
       <c r="F80">
-        <v>280482.47</v>
+        <v>323627.84</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="B81" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C81" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D81">
-        <v>127097103</v>
+        <v>4651459</v>
       </c>
       <c r="E81">
-        <v>10664</v>
+        <v>4854.0</v>
       </c>
       <c r="F81">
-        <v>275024.56</v>
+        <v>316700.92</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="B82" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C82" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D82" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E82">
-        <v>5580</v>
+        <v>5644.0</v>
       </c>
       <c r="F82">
-        <v>268926.56</v>
+        <v>314513.09</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>234</v>
+        <v>253</v>
       </c>
       <c r="B83" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C83" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>4651459</v>
+        <v>255</v>
+      </c>
+      <c r="D83" t="s">
+        <v>256</v>
       </c>
       <c r="E83">
-        <v>4802</v>
+        <v>2756.0</v>
       </c>
       <c r="F83">
-        <v>265244.5</v>
+        <v>276812.64</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
-        <v>234</v>
+        <v>253</v>
       </c>
       <c r="B84" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C84" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D84" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E84">
-        <v>138811</v>
+        <v>140813.0</v>
       </c>
       <c r="F84">
-        <v>259898.86</v>
+        <v>272327.62</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B85" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C85" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D85" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E85">
-        <v>5529</v>
+        <v>5589.0</v>
       </c>
       <c r="F85">
-        <v>246241.59</v>
+        <v>256037.42</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B86" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C86" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D86" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E86">
-        <v>31173</v>
+        <v>13358.0</v>
       </c>
       <c r="F86">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B87" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C87" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D87" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E87">
-        <v>488696</v>
+        <v>31173.0</v>
       </c>
       <c r="F87">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B88" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C88" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>271</v>
+      </c>
+      <c r="D88">
+        <v>5140989</v>
       </c>
       <c r="E88">
-        <v>52122</v>
+        <v>523190.0</v>
       </c>
       <c r="F88">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B89" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C89" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D89" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="E89">
-        <v>181762</v>
+        <v>52122.0</v>
       </c>
       <c r="F89">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B90" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C90" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>5140989</v>
+        <v>276</v>
+      </c>
+      <c r="D90" t="s">
+        <v>277</v>
       </c>
       <c r="E90">
-        <v>523190</v>
+        <v>181762.0</v>
       </c>
       <c r="F90">
-        <v>0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B91" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C91" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D91" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="E91">
-        <v>13358</v>
+        <v>488696.0</v>
       </c>
       <c r="F91">
-        <v>0</v>
-[...19 lines deleted...]
-        <v>-36.53</v>
+        <v>0.0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>